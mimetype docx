--- v0 (2026-02-23)
+++ v1 (2026-03-15)
@@ -31,68 +31,92 @@
     <w:p w14:paraId="631BE77A" w14:textId="5FE6A026" w:rsidR="00226FE3" w:rsidRPr="00226FE3" w:rsidRDefault="00226FE3" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00226FE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Form 5: Final Study Report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EB42C8F" w14:textId="66AC2407" w:rsidR="00395FFD" w:rsidRPr="00331E03" w:rsidRDefault="00226FE3" w:rsidP="00395FFD">
+    <w:p w14:paraId="0EB42C8F" w14:textId="6319FEC0" w:rsidR="00395FFD" w:rsidRPr="00331E03" w:rsidRDefault="00226FE3" w:rsidP="00395FFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>The Principal Investigator is responsible for submitting</w:t>
       </w:r>
       <w:r w:rsidR="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the completed final study report at the conclusion of the project period</w:t>
+        <w:t xml:space="preserve"> the final study report </w:t>
+      </w:r>
+      <w:r w:rsidR="00642EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>upon</w:t>
+      </w:r>
+      <w:r w:rsidR="00395FFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> co</w:t>
+      </w:r>
+      <w:r w:rsidR="00642EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>mplet</w:t>
+      </w:r>
+      <w:r w:rsidR="00395FFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ion of the project period</w:t>
       </w:r>
       <w:r w:rsidR="00395FFD" w:rsidRPr="00B42CAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00395FFD" w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r w:rsidR="00764BD5">
         <w:rPr>
@@ -410,51 +434,51 @@
           </w:rPr>
           <w:t>https://www.hhs.gov/ohrp/education-and-outreach/human-research-protection-training/human-research-protection-foundational-training/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E40051">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Lessons 1, 2, and 4)</w:t>
       </w:r>
       <w:r w:rsidR="00837A56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E8C95C1" w14:textId="77777777" w:rsidR="00D64E7D" w:rsidRDefault="00D64E7D" w:rsidP="006469CA">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1442B253" w14:textId="59F99C8F" w:rsidR="007E7683" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="006469CA">
+    <w:p w14:paraId="1442B253" w14:textId="497002DB" w:rsidR="007E7683" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="006469CA">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Title of Research Project:</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -466,83 +490,83 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Text2"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9520" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -656,1875 +680,1875 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006469CA" w14:paraId="557E0AD4" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE130F6" w14:textId="19FAEB99" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="7DE130F6" w14:textId="340442AB" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43205403" w14:textId="3E8662B1" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="43205403" w14:textId="4627FBD0" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text38"/>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A43E0AA" w14:textId="7BAAE149" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="4A43E0AA" w14:textId="2878642E" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Check43"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="290EB0FA" w14:textId="21D6578A" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="290EB0FA" w14:textId="218C578A" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Check48"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A82AC8" w14:textId="281DA592" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="33A82AC8" w14:textId="47C23696" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Check53"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006469CA" w14:paraId="4A5064B9" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F724E7D" w14:textId="53FFB798" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="5F724E7D" w14:textId="0C0781A1" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F3A0BB2" w14:textId="64DF7382" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="3F3A0BB2" w14:textId="1C791AAB" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text21"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30DF6FED" w14:textId="1A8593AA" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="30DF6FED" w14:textId="3620D6D0" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Check44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06D59CC9" w14:textId="41F51D5B" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="06D59CC9" w14:textId="6B561B46" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Check49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BEC7BA6" w14:textId="42E29372" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="4BEC7BA6" w14:textId="6C38DADC" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Check54"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006469CA" w14:paraId="018C13C0" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0934E9BF" w14:textId="7C7CAF41" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="0934E9BF" w14:textId="17D8A77F" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Text17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF80460" w14:textId="15077651" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="4DF80460" w14:textId="6618D10D" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text22"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECCB55C" w14:textId="5D80D16C" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="3ECCB55C" w14:textId="60DCF0D4" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Check45"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E566622" w14:textId="39D5AC62" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="4E566622" w14:textId="55401091" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Check50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63990CC7" w14:textId="04BC2E2E" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="63990CC7" w14:textId="42915B77" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Check55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006469CA" w14:paraId="5A84749F" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75DE5DFA" w14:textId="1ACB8941" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="75DE5DFA" w14:textId="40AE0D9B" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Text18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC8269F" w14:textId="3FCBE786" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="6EC8269F" w14:textId="3B7C5A4C" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Text23"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7E8F3C" w14:textId="4F4AB233" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="0F7E8F3C" w14:textId="7984CC7B" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Check46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0549B2D0" w14:textId="30537B34" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="0549B2D0" w14:textId="44ABFC38" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="775D8A02" w14:textId="5724E397" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="775D8A02" w14:textId="00DAC156" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Check56"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006469CA" w14:paraId="39188C35" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="267AE861" w14:textId="17C0D7BF" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="267AE861" w14:textId="694968C1" w:rsidR="006469CA" w:rsidRPr="0075103F" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Text19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5431AB4D" w14:textId="0F868A83" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="5431AB4D" w14:textId="29A855A1" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Text24"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10858F8D" w14:textId="43CA5C43" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="10858F8D" w14:textId="6BBFA276" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="23" w:name="Check47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE0E13F" w14:textId="1B640DE3" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="6EE0E13F" w14:textId="73E93899" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Check52"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="442E2399" w14:textId="7DBC90BC" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
+          <w:p w14:paraId="442E2399" w14:textId="438AB0D3" w:rsidR="006469CA" w:rsidRDefault="006469CA" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Check57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B14D54">
+            <w:r w:rsidR="00E81110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D94BE1F" w14:textId="6A7627D4" w:rsidR="00B531F7" w:rsidRDefault="00B531F7" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -2613,67 +2637,81 @@
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00764BD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> years old</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D04748" w14:textId="0B3ACB29" w:rsidR="00E57301" w:rsidRPr="00E57301" w:rsidRDefault="00E57301" w:rsidP="00E047B4">
+    <w:p w14:paraId="55D04748" w14:textId="2DA46BA9" w:rsidR="00E57301" w:rsidRPr="00E57301" w:rsidRDefault="00642EA6" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017E51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>The Principal Investigator must be a faculty or staff member of Rio Grande.</w:t>
+        <w:t>The Principal Investigator must be a faculty or staff member of Rio Grande</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is required to review the application for completeness before it is submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D60E0D" w14:textId="4EDCFE59" w:rsidR="00C37D42" w:rsidRDefault="00764BD5" w:rsidP="00C37D42">
+    <w:p w14:paraId="17D60E0D" w14:textId="7C7C831A" w:rsidR="00C37D42" w:rsidRDefault="00764BD5" w:rsidP="00C37D42">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Principal Investigator’s</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name:</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
@@ -2691,100 +2729,100 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="Text3"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="7F3F190F" w14:textId="3F9794C4" w:rsidR="00764BD5" w:rsidRPr="007269FC" w:rsidRDefault="00764BD5" w:rsidP="00C37D42">
+    <w:p w14:paraId="7F3F190F" w14:textId="7311FEB7" w:rsidR="00764BD5" w:rsidRPr="007269FC" w:rsidRDefault="00764BD5" w:rsidP="00C37D42">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>PI</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phone Number:</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
@@ -2802,100 +2840,100 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="27" w:name="Text4"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="081B082D" w14:textId="38F567DA" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00C37D42">
+    <w:p w14:paraId="081B082D" w14:textId="1C3450C2" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00C37D42">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Department(s)/Division/Agency:</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -2905,575 +2943,575 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="28" w:name="Text5"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="7DA9B8B6" w14:textId="1370A757" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Check all that apply:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73200C8F" w14:textId="74BACF17" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
+    <w:p w14:paraId="73200C8F" w14:textId="4D5EF8CD" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="29" w:name="Check36"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B14D54" w:rsidRPr="00395FFD">
+      <w:r w:rsidR="00E81110" w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Research is completed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8EC01D" w14:textId="60D82F87" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
+    <w:p w14:paraId="2F8EC01D" w14:textId="58669808" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="Check37"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B14D54" w:rsidRPr="00395FFD">
+      <w:r w:rsidR="00E81110" w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Research was never initiated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126CDD3F" w14:textId="18694EEF" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
+    <w:p w14:paraId="126CDD3F" w14:textId="1685E5E5" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="31" w:name="Check38"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B14D54" w:rsidRPr="00395FFD">
+      <w:r w:rsidR="00E81110" w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>No research participants were ever enrolled (or participant records, specimens, etc., obtained).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75708304" w14:textId="4DDEC7C0" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
+    <w:p w14:paraId="75708304" w14:textId="5A9A2C11" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="32" w:name="Check39"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B14D54" w:rsidRPr="00395FFD">
+      <w:r w:rsidR="00E81110" w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Research has been discontinued, and there will be no further data collection, including long-term follow-up or re-contact, or analysis of identifiable/coded data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785F1514" w14:textId="3FA57284" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
+    <w:p w14:paraId="785F1514" w14:textId="04A22A7D" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="33" w:name="Check40"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B14D54" w:rsidRPr="00395FFD">
+      <w:r w:rsidR="00E81110" w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>The sponsor is discontinuing the research.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B89E5E" w14:textId="787B0DBF" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
+    <w:p w14:paraId="72B89E5E" w14:textId="5173CF73" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00395FFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="34" w:name="Check41"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B14D54" w:rsidRPr="00395FFD">
+      <w:r w:rsidR="00E81110" w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>The Principal Investigator and/or co-investigator is leaving the university.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA070F7" w14:textId="47861378" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00C37D42">
+    <w:p w14:paraId="2FA070F7" w14:textId="4F58796F" w:rsidR="00395FFD" w:rsidRPr="00395FFD" w:rsidRDefault="00395FFD" w:rsidP="00C37D42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="35" w:name="Check42"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B14D54" w:rsidRPr="00395FFD">
+      <w:r w:rsidR="00E81110" w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="00395FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Other. Please specify:</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A56B514" w14:textId="7180BA0C" w:rsidR="00D9509A" w:rsidRPr="00C37D42" w:rsidRDefault="00395FFD" w:rsidP="00C37D42">
+    <w:p w14:paraId="6A56B514" w14:textId="2957B981" w:rsidR="00D9509A" w:rsidRPr="00C37D42" w:rsidRDefault="00395FFD" w:rsidP="00C37D42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Summarize the results of the study, including any plans for scholarly/scientific presentations or publications.</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
@@ -3489,100 +3527,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="36" w:name="Text6"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="5F7B1D3F" w14:textId="0B8CC046" w:rsidR="00395FFD" w:rsidRPr="00C37D42" w:rsidRDefault="00395FFD" w:rsidP="00C37D42">
+    <w:p w14:paraId="5F7B1D3F" w14:textId="1AAE3CB5" w:rsidR="00395FFD" w:rsidRPr="00C37D42" w:rsidRDefault="00395FFD" w:rsidP="00C37D42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Summarize any IRB-approved amendments or changes made to the research since the last IRB review (initial or continuing). If IRB approval was not obtained for the changes, provide an explanation.</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
@@ -3598,100 +3636,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="37" w:name="Text7"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="343A0BDA" w14:textId="0C49FFBE" w:rsidR="00F92C95" w:rsidRPr="00C37D42" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
+    <w:p w14:paraId="343A0BDA" w14:textId="7C7B2F2C" w:rsidR="00F92C95" w:rsidRPr="00C37D42" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Explain whether any significant new findings or other information should be provided to past participants.</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
@@ -3707,100 +3745,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="38" w:name="Text8"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="165711E5" w14:textId="0AB881AE" w:rsidR="00C3040E" w:rsidRPr="00C37D42" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
+    <w:p w14:paraId="165711E5" w14:textId="0442B7EF" w:rsidR="00C3040E" w:rsidRPr="00C37D42" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Explain what will happen to the identifiable/coded data, if any, at the end of the study.</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
@@ -3816,100 +3854,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="39" w:name="Text9"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="5786CDC8" w14:textId="1CDCE5EC" w:rsidR="009905B1" w:rsidRPr="00F92C95" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
+    <w:p w14:paraId="5786CDC8" w14:textId="03F17A61" w:rsidR="009905B1" w:rsidRPr="00F92C95" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Number of participants (include all who gave consent even if all did not prove eligible or complete the study):</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
@@ -3928,100 +3966,100 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="40" w:name="Text10"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="523DA3C3" w14:textId="3A215988" w:rsidR="00F92C95" w:rsidRPr="00C37D42" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
+    <w:p w14:paraId="523DA3C3" w14:textId="2CB92680" w:rsidR="00F92C95" w:rsidRPr="00C37D42" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Have any participants made complaints about the research since the last IRB review? If YES, please list and describe each complaint and any actions taken to resolve the complaint.</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
@@ -4037,100 +4075,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="41" w:name="Text11"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C37D42" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="60BB2BA4" w14:textId="1B281D78" w:rsidR="00C37D42" w:rsidRPr="00C37D42" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
+    <w:p w14:paraId="60BB2BA4" w14:textId="3BCB0C62" w:rsidR="00C37D42" w:rsidRPr="00C37D42" w:rsidRDefault="00F92C95" w:rsidP="00C37D42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Have any participants voluntarily withdrawn from the research since the last IRB review? (Do not include participants whose participation was discontinued by the Investigator because of unanticipated problems.) If YES, please list and describe each withdrawal and any actions taken in response to the withdrawal(s).</w:t>
       </w:r>
       <w:r w:rsidR="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006469CA" w:rsidRPr="006469CA">
@@ -4146,83 +4184,83 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="42" w:name="Text12"/>
       <w:r w:rsidR="006469CA" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="006469CA" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="006469CA" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="006469CA" w:rsidRPr="006469CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidR="00C37D42" w:rsidRPr="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B715882" w14:textId="17A2F436" w:rsidR="003D7BFD" w:rsidRDefault="00F92C95" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
@@ -4566,129 +4604,129 @@
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Co-</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DE4DC7" w14:textId="5A7F5107" w:rsidR="00764BD5" w:rsidRPr="00C37D42" w:rsidRDefault="00C37D42" w:rsidP="00C37D42">
+    <w:p w14:paraId="63DE4DC7" w14:textId="3E037D50" w:rsidR="00764BD5" w:rsidRPr="00C37D42" w:rsidRDefault="00C37D42" w:rsidP="00C37D42">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="date"/>
               <w:format w:val="yyyy-MM-dd"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="43" w:name="Text1"/>
       <w:r w:rsidRPr="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14D54">
+      <w:r w:rsidR="00E81110">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C37D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="625AC19A" w14:textId="77777777" w:rsidR="00764BD5" w:rsidRPr="007269FC" w:rsidRDefault="00764BD5" w:rsidP="00764BD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -4781,61 +4819,61 @@
     <w:p w14:paraId="023F13E0" w14:textId="75D507A7" w:rsidR="003D7BFD" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="00764BD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D7BFD" w:rsidRPr="007269FC">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29CD61F0" w14:textId="77777777" w:rsidR="00830168" w:rsidRDefault="00830168" w:rsidP="00910C03">
+    <w:p w14:paraId="5F202A3D" w14:textId="77777777" w:rsidR="00932600" w:rsidRDefault="00932600" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="079AAEAD" w14:textId="77777777" w:rsidR="00830168" w:rsidRDefault="00830168" w:rsidP="00910C03">
+    <w:p w14:paraId="7F1482B9" w14:textId="77777777" w:rsidR="00932600" w:rsidRDefault="00932600" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4955,61 +4993,61 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005914CA" w:rsidRPr="00C3040E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00910C03" w:rsidRPr="00C3040E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="227E9046" w14:textId="77777777" w:rsidR="00830168" w:rsidRDefault="00830168" w:rsidP="00910C03">
+    <w:p w14:paraId="18FD7596" w14:textId="77777777" w:rsidR="00932600" w:rsidRDefault="00932600" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D285663" w14:textId="77777777" w:rsidR="00830168" w:rsidRDefault="00830168" w:rsidP="00910C03">
+    <w:p w14:paraId="39B15A33" w14:textId="77777777" w:rsidR="00932600" w:rsidRDefault="00932600" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C4AD8BA" w14:textId="54A184C8" w:rsidR="00E41981" w:rsidRPr="00E41981" w:rsidRDefault="00E41981" w:rsidP="007269FC">
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="7200"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -5877,168 +5915,172 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="14819010">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="401561185">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1533495657">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1691949948">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1612131291">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1315260416">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="151"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5Z/0gljKd0yiDb3Mzzr6YUHfK0hbuUmsqSmLqJy69oecxAQ2IUFuMJY223W6NNMXIxTbo4+ng05Vid/+xIZnUA==" w:salt="W/ErrkVc/F2g9XebFFJ+0Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5/bM/bsXnIds28uCkYN2/CAXJFU7ZddlBMF7OE+JeibVYvKoHAYocJ7MXRMOH35RxRPdGQ7Dbj9MBK/oHH96cQ==" w:salt="RHbP9P4w30BATqnTkJkkzw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B531F7"/>
     <w:rsid w:val="00005DCA"/>
     <w:rsid w:val="00084493"/>
     <w:rsid w:val="000B2482"/>
     <w:rsid w:val="000D44B4"/>
     <w:rsid w:val="000F3E74"/>
     <w:rsid w:val="001421F7"/>
     <w:rsid w:val="0017297A"/>
     <w:rsid w:val="001733B4"/>
     <w:rsid w:val="00197556"/>
     <w:rsid w:val="001B7DA0"/>
     <w:rsid w:val="001D484A"/>
     <w:rsid w:val="001E57E6"/>
     <w:rsid w:val="00226FE3"/>
     <w:rsid w:val="00266E69"/>
     <w:rsid w:val="002769F7"/>
     <w:rsid w:val="0028243A"/>
     <w:rsid w:val="002A7AC6"/>
     <w:rsid w:val="002E75A8"/>
     <w:rsid w:val="002F0E52"/>
     <w:rsid w:val="00331E03"/>
     <w:rsid w:val="00361BA6"/>
     <w:rsid w:val="00395FFD"/>
     <w:rsid w:val="003B4EAE"/>
     <w:rsid w:val="003D7BFD"/>
     <w:rsid w:val="00414D5C"/>
     <w:rsid w:val="00421016"/>
     <w:rsid w:val="00426D68"/>
     <w:rsid w:val="0043402D"/>
+    <w:rsid w:val="004553A4"/>
     <w:rsid w:val="004612AC"/>
     <w:rsid w:val="00506F64"/>
     <w:rsid w:val="0051487F"/>
     <w:rsid w:val="0057302B"/>
     <w:rsid w:val="00574300"/>
     <w:rsid w:val="00582B9E"/>
     <w:rsid w:val="00583F84"/>
     <w:rsid w:val="005914CA"/>
     <w:rsid w:val="005B66C6"/>
     <w:rsid w:val="005C3F4E"/>
     <w:rsid w:val="005D680D"/>
     <w:rsid w:val="006167A1"/>
+    <w:rsid w:val="00642EA6"/>
     <w:rsid w:val="00643F5E"/>
     <w:rsid w:val="006469CA"/>
     <w:rsid w:val="00656DB1"/>
     <w:rsid w:val="00664075"/>
     <w:rsid w:val="006C5F3B"/>
     <w:rsid w:val="00700DE2"/>
     <w:rsid w:val="0071209A"/>
     <w:rsid w:val="00712867"/>
     <w:rsid w:val="007269FC"/>
     <w:rsid w:val="00764BD5"/>
     <w:rsid w:val="00773F6C"/>
     <w:rsid w:val="00795375"/>
     <w:rsid w:val="007B5714"/>
     <w:rsid w:val="007B7BC4"/>
     <w:rsid w:val="007E7683"/>
     <w:rsid w:val="0080431C"/>
     <w:rsid w:val="00830168"/>
     <w:rsid w:val="00837A56"/>
     <w:rsid w:val="008A3557"/>
     <w:rsid w:val="008E0606"/>
     <w:rsid w:val="00910C03"/>
     <w:rsid w:val="009321F4"/>
+    <w:rsid w:val="00932600"/>
     <w:rsid w:val="009450D1"/>
     <w:rsid w:val="009905B1"/>
     <w:rsid w:val="009D6D92"/>
     <w:rsid w:val="009E0EC9"/>
     <w:rsid w:val="00A75D46"/>
     <w:rsid w:val="00A82A74"/>
     <w:rsid w:val="00AB1554"/>
     <w:rsid w:val="00AE09FF"/>
     <w:rsid w:val="00AE0C17"/>
     <w:rsid w:val="00AE16D6"/>
     <w:rsid w:val="00AE6F77"/>
     <w:rsid w:val="00B14D54"/>
     <w:rsid w:val="00B531F7"/>
     <w:rsid w:val="00B5628B"/>
     <w:rsid w:val="00B719BE"/>
     <w:rsid w:val="00B71D3B"/>
     <w:rsid w:val="00B92111"/>
     <w:rsid w:val="00BA7D67"/>
     <w:rsid w:val="00BB2599"/>
     <w:rsid w:val="00BC335B"/>
     <w:rsid w:val="00BC3CDA"/>
     <w:rsid w:val="00C3040E"/>
     <w:rsid w:val="00C37D42"/>
     <w:rsid w:val="00CF0BAA"/>
     <w:rsid w:val="00D64E7D"/>
     <w:rsid w:val="00D9509A"/>
     <w:rsid w:val="00D97371"/>
     <w:rsid w:val="00E047B4"/>
     <w:rsid w:val="00E35404"/>
     <w:rsid w:val="00E40051"/>
     <w:rsid w:val="00E41981"/>
     <w:rsid w:val="00E5637F"/>
     <w:rsid w:val="00E57301"/>
+    <w:rsid w:val="00E81110"/>
     <w:rsid w:val="00E824A7"/>
     <w:rsid w:val="00F03A32"/>
     <w:rsid w:val="00F04C05"/>
     <w:rsid w:val="00F23B1A"/>
     <w:rsid w:val="00F730E9"/>
     <w:rsid w:val="00F92C95"/>
     <w:rsid w:val="00F976A8"/>
     <w:rsid w:val="00FB4CCA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -6968,76 +7010,76 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>732</Words>
-  <Characters>4210</Characters>
+  <Words>742</Words>
+  <Characters>4270</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
-  <Paragraphs>93</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>94</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>University of Rio Grande</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4849</CharactersWithSpaces>
+  <CharactersWithSpaces>4918</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>8060938</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://phrp.nihtraining.com/users/login.php</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946908</vt:i4>
       </vt:variant>