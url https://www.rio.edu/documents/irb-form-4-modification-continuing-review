--- v0 (2026-02-23)
+++ v1 (2026-03-15)
@@ -197,123 +197,129 @@
         </w:rPr>
         <w:t xml:space="preserve">Word document with all supporting items inserted as additional pages at the end of this document </w:t>
       </w:r>
       <w:r w:rsidR="002D4857">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">via email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="002D4857" w:rsidRPr="009744BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>irb@rio.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002D4857">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F1E2150" w14:textId="027BF22B" w:rsidR="005547CD" w:rsidRDefault="005547CD" w:rsidP="00FA6BD3">
+    <w:p w14:paraId="0F1E2150" w14:textId="450F35D9" w:rsidR="005547CD" w:rsidRDefault="003816D2" w:rsidP="00FA6BD3">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk221784909"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Completed application must include the application’s signature page with legible, handwritten signatures. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007269FC">
+        <w:t>The c</w:t>
+      </w:r>
+      <w:r w:rsidR="005547CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ompleted application must include the application’s signature page with legible handwritten signatures. </w:t>
+      </w:r>
+      <w:r w:rsidR="005547CD" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">No review shall be conducted until a </w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="005547CD" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>complete</w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="005547CD" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> application</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005547CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="005547CD" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005547CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">including all documents, is submitted as a single Word file. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="005547CD" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">For questions, please </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005547CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">email </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="003F4BFF">
+        <w:r w:rsidR="005547CD" w:rsidRPr="003F4BFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>irb@rio.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="005547CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="62D0B56B" w14:textId="11F0B7CF" w:rsidR="00286CCF" w:rsidRDefault="00B531F7" w:rsidP="00FA6BD3">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">All Investigators must complete the </w:t>
       </w:r>
       <w:r w:rsidR="00C3040E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">free </w:t>
@@ -403,51 +409,51 @@
       </w:hyperlink>
       <w:r w:rsidR="00AB002D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Lessons 1, 2, and 4)</w:t>
       </w:r>
       <w:r w:rsidR="00837A56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D33978B" w14:textId="77777777" w:rsidR="00FA6BD3" w:rsidRDefault="00FA6BD3" w:rsidP="00E047B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1442B253" w14:textId="30BE50D5" w:rsidR="007E7683" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00410704">
+    <w:p w14:paraId="1442B253" w14:textId="4F8C62D1" w:rsidR="007E7683" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00410704">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Title of Research Project:</w:t>
       </w:r>
       <w:r w:rsidR="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -459,83 +465,83 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Text2"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9520" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -649,1875 +655,1875 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00410704" w14:paraId="6F8C1694" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71775F7A" w14:textId="05F45BA9" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="71775F7A" w14:textId="00FB031A" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B96B13A" w14:textId="6FCA069F" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="0B96B13A" w14:textId="1B7856E9" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text38"/>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F19B2BF" w14:textId="1BFB2F7D" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="2F19B2BF" w14:textId="57ED16DE" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Check43"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07EB1777" w14:textId="1B12308E" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="07EB1777" w14:textId="50BB6D71" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Check48"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60EFEE0B" w14:textId="7F756116" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="60EFEE0B" w14:textId="7829A44A" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Check53"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00410704" w14:paraId="2CC3154A" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4B0BE5" w14:textId="62964EEA" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="6C4B0BE5" w14:textId="1016A1EE" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16145232" w14:textId="29A4001A" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="16145232" w14:textId="70AF03B5" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text21"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24A20156" w14:textId="74E3225C" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="24A20156" w14:textId="7562A661" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Check44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="761A0A6B" w14:textId="3E5CCE61" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="761A0A6B" w14:textId="62182B93" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Check49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="600EA454" w14:textId="32BF5965" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="600EA454" w14:textId="1775E9F7" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Check54"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00410704" w14:paraId="6E010809" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53148B80" w14:textId="568A8FB7" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="53148B80" w14:textId="1696272A" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5638A29D" w14:textId="0AA36B73" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="5638A29D" w14:textId="57422C97" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Text22"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55C33734" w14:textId="1D2A5CA9" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="55C33734" w14:textId="2BFE5967" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Check45"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D299B62" w14:textId="7143B650" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="3D299B62" w14:textId="5ED31036" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Check50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="003AE21C" w14:textId="5D2CDDDD" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="003AE21C" w14:textId="446C12A6" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Check55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00410704" w14:paraId="2496779B" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="389E467F" w14:textId="197EDF20" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="389E467F" w14:textId="7395B5BC" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Text18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B03365A" w14:textId="0C056833" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="2B03365A" w14:textId="33BC4D9B" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Text23"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3548E7B9" w14:textId="7ABD3A5A" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="3548E7B9" w14:textId="02D761FC" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48EE738E" w14:textId="3778E34F" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="48EE738E" w14:textId="192F2B8C" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Check51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED3F622" w14:textId="477E4D85" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="7ED3F622" w14:textId="27D2D13C" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Check56"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00410704" w14:paraId="4226C12F" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B773586" w14:textId="7C16EF91" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="3B773586" w14:textId="4DC5ADFB" w:rsidR="00410704" w:rsidRPr="0075103F" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Text19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="674D22B4" w14:textId="1C7C2B8F" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="674D22B4" w14:textId="20869E0F" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="23" w:name="Text24"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1539491B" w14:textId="29163D0A" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="1539491B" w14:textId="04399C46" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Check47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51B651FF" w14:textId="3E836ABA" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="51B651FF" w14:textId="233A29E7" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Check52"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A747E86" w14:textId="35B6D258" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
+          <w:p w14:paraId="5A747E86" w14:textId="314D11D9" w:rsidR="00410704" w:rsidRDefault="00410704" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="26" w:name="Check57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00117E73">
+            <w:r w:rsidR="00F8685E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D94BE1F" w14:textId="39EA1804" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -2606,67 +2612,81 @@
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00A84F00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> years old</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7E9237" w14:textId="77777777" w:rsidR="00B720D7" w:rsidRPr="00017E51" w:rsidRDefault="00B720D7" w:rsidP="00B720D7">
+    <w:p w14:paraId="5A7E9237" w14:textId="2CAEA467" w:rsidR="00B720D7" w:rsidRPr="00017E51" w:rsidRDefault="003816D2" w:rsidP="00B720D7">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017E51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>The Principal Investigator must be a faculty or staff member of Rio Grande.</w:t>
+        <w:t>The Principal Investigator must be a faculty or staff member of Rio Grande</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is required to review the application for completeness before it is submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5163337C" w14:textId="7FD289F6" w:rsidR="00145D9E" w:rsidRDefault="00FA6BD3" w:rsidP="00145D9E">
+    <w:p w14:paraId="5163337C" w14:textId="1926E0C3" w:rsidR="00145D9E" w:rsidRDefault="00FA6BD3" w:rsidP="00145D9E">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Principal Investigator’s</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name:</w:t>
       </w:r>
       <w:r w:rsidR="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
@@ -2684,100 +2704,100 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="27" w:name="Text3"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="37F0BF78" w14:textId="0D139A9D" w:rsidR="00FA6BD3" w:rsidRPr="007269FC" w:rsidRDefault="00FA6BD3" w:rsidP="00145D9E">
+    <w:p w14:paraId="37F0BF78" w14:textId="6A824E4F" w:rsidR="00FA6BD3" w:rsidRPr="007269FC" w:rsidRDefault="00FA6BD3" w:rsidP="00145D9E">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>PI</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phone Number:</w:t>
       </w:r>
       <w:r w:rsidR="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
@@ -2795,100 +2815,100 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="28" w:name="Text4"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="081B082D" w14:textId="47DA4F4D" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00145D9E">
+    <w:p w14:paraId="081B082D" w14:textId="1CABA35E" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00145D9E">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Department(s)/Division/Agency:</w:t>
       </w:r>
       <w:r w:rsidR="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -2898,116 +2918,117 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="29" w:name="Text5"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="6A56B514" w14:textId="3CFFE8DB" w:rsidR="00D9509A" w:rsidRPr="00145D9E" w:rsidRDefault="00B42CAE" w:rsidP="00145D9E">
+    <w:p w14:paraId="6A56B514" w14:textId="5A79DCE6" w:rsidR="00D9509A" w:rsidRPr="00145D9E" w:rsidRDefault="00B42CAE" w:rsidP="00145D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If an external funding agency supports this project, identify the source, contact person, and contact </w:t>
       </w:r>
       <w:r w:rsidR="00F40BF6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>person’s physical address, email address, and telephone number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
@@ -3019,218 +3040,217 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="Text6"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="6E3A60D6" w14:textId="5FAF7CFA" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00B42CAE" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Where is the location of the research?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A1D386" w14:textId="2072CD14" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00DC5750">
+    <w:p w14:paraId="50A1D386" w14:textId="7E1B7461" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00DC5750">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="31" w:name="Check23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="00DC5750">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B42CAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>University of Rio Grande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B3C972A" w14:textId="73E73CA1" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00145D9E">
+    <w:p w14:paraId="6B3C972A" w14:textId="602D8835" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00145D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="32" w:name="Check24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="00DC5750">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B42CAE">
         <w:rPr>
@@ -3263,133 +3283,133 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="33" w:name="Text7"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="5EFA9146" w14:textId="770D0ABC" w:rsidR="00DC5750" w:rsidRPr="00145D9E" w:rsidRDefault="00E047B4" w:rsidP="00145D9E">
+    <w:p w14:paraId="5EFA9146" w14:textId="2423CC26" w:rsidR="00DC5750" w:rsidRPr="00145D9E" w:rsidRDefault="00E047B4" w:rsidP="00145D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="34" w:name="Check25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidR="00DC5750">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Multiple facilities:</w:t>
       </w:r>
       <w:r w:rsidR="00145D9E">
@@ -3411,83 +3431,83 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="35" w:name="Text8"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="09E56567" w14:textId="4084ED4E" w:rsidR="00B531F7" w:rsidRPr="00D9509A" w:rsidRDefault="00DC5750" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -3512,84 +3532,84 @@
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00286CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Select the applicable proposed change and describe the changes and the rationale for those changes. </w:t>
       </w:r>
       <w:r w:rsidRPr="00292A31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>For changes to informed consent, methodology, or instrument, attach the original and revised documents with changes clearly noted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173B9885" w14:textId="21FD1B8D" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
+    <w:p w14:paraId="173B9885" w14:textId="2DC63578" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="36" w:name="Check32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Change in key personnel:</w:t>
       </w:r>
       <w:r w:rsidR="00145D9E">
@@ -3611,133 +3631,133 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="37" w:name="Text9"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="47C2FC94" w14:textId="2DC3B981" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
+    <w:p w14:paraId="47C2FC94" w14:textId="550F2747" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="38" w:name="Check33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Change in number of participants</w:t>
       </w:r>
       <w:r w:rsidR="00DC5750">
@@ -3765,133 +3785,133 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="39" w:name="Text10"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="06874F99" w14:textId="2D1C998B" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
+    <w:p w14:paraId="06874F99" w14:textId="0256503C" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check34"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="40" w:name="Check34"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Revision to informed consent form</w:t>
       </w:r>
       <w:r w:rsidR="00DC5750">
@@ -3919,133 +3939,133 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="41" w:name="Text11"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="57426FE9" w14:textId="25FD6722" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
+    <w:p w14:paraId="57426FE9" w14:textId="65EE9050" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="42" w:name="Check35"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Revision of methodology</w:t>
       </w:r>
       <w:r w:rsidR="00DC5750">
@@ -4073,133 +4093,133 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="43" w:name="Text12"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="03331182" w14:textId="56DA53C8" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
+    <w:p w14:paraId="03331182" w14:textId="3F6C717D" w:rsidR="00292A31" w:rsidRPr="00145D9E" w:rsidRDefault="00292A31" w:rsidP="00145D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="44" w:name="Check36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Revision of questionnaires or surveys completed by participants</w:t>
       </w:r>
       <w:r w:rsidR="00DC5750">
@@ -4227,135 +4247,135 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="45" w:name="Text13"/>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00145D9E" w:rsidRPr="00410704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="22FE4521" w14:textId="23E81F2A" w:rsidR="00467C54" w:rsidRDefault="00FA6BD3" w:rsidP="00FA6BD3">
+    <w:p w14:paraId="22FE4521" w14:textId="524D4B41" w:rsidR="00467C54" w:rsidRDefault="00FA6BD3" w:rsidP="00FA6BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Continuation of project beyond one (1) year from last IRB review with no proposed changes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1793506D" w14:textId="76BBA2DC" w:rsidR="00FA6BD3" w:rsidRDefault="00467C54" w:rsidP="00467C54">
@@ -4861,129 +4881,129 @@
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Co-</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA15C21" w14:textId="7E82E129" w:rsidR="00FA6BD3" w:rsidRPr="00145D9E" w:rsidRDefault="00145D9E" w:rsidP="00145D9E">
+    <w:p w14:paraId="3AA15C21" w14:textId="517E35BF" w:rsidR="00FA6BD3" w:rsidRPr="00145D9E" w:rsidRDefault="00145D9E" w:rsidP="00145D9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="date"/>
               <w:format w:val="yyyy-MM-dd"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="46" w:name="Text1"/>
       <w:r w:rsidRPr="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00117E73">
+      <w:r w:rsidR="00F8685E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00145D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="5B58386D" w14:textId="77777777" w:rsidR="00FA6BD3" w:rsidRPr="007269FC" w:rsidRDefault="00FA6BD3" w:rsidP="00FA6BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -5064,61 +5084,61 @@
     <w:p w14:paraId="70B69A77" w14:textId="77777777" w:rsidR="003D7BFD" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D7BFD" w:rsidRPr="007269FC">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EF5303C" w14:textId="77777777" w:rsidR="00426613" w:rsidRDefault="00426613" w:rsidP="00910C03">
+    <w:p w14:paraId="1C9C2A62" w14:textId="77777777" w:rsidR="00550465" w:rsidRDefault="00550465" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40DD41D0" w14:textId="77777777" w:rsidR="00426613" w:rsidRDefault="00426613" w:rsidP="00910C03">
+    <w:p w14:paraId="1CD23C40" w14:textId="77777777" w:rsidR="00550465" w:rsidRDefault="00550465" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5238,61 +5258,61 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005914CA" w:rsidRPr="00C3040E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00910C03" w:rsidRPr="00C3040E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41C28439" w14:textId="77777777" w:rsidR="00426613" w:rsidRDefault="00426613" w:rsidP="00910C03">
+    <w:p w14:paraId="3DDD88A8" w14:textId="77777777" w:rsidR="00550465" w:rsidRDefault="00550465" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56B372A0" w14:textId="77777777" w:rsidR="00426613" w:rsidRDefault="00426613" w:rsidP="00910C03">
+    <w:p w14:paraId="350954E2" w14:textId="77777777" w:rsidR="00550465" w:rsidRDefault="00550465" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C4AD8BA" w14:textId="54A184C8" w:rsidR="00E41981" w:rsidRPr="00E41981" w:rsidRDefault="00E41981" w:rsidP="007269FC">
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="7200"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -6164,101 +6184,104 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="463277604">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="527791058">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1684554610">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="910700225">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="872110150">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1166438950">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="151"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0+DayTNH3IkEWAjq+Y9aSYvpOSo1pKXMeuNUNacpsNNIw+Jno1bc9lxICZ6Efg5GAUbqxWMiIvXf18SnxCAZlQ==" w:salt="nmI2pyitIs2yZb1YzFcikw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="a90lATTgibkJmIz4dD37petlGmpOMGsxEgJlCaPVmxqHVC3qJtu0lHKqkZHf6lFUSB1k58MRQmNAfXoNPOTI9A==" w:salt="EEm4SILCx1mkfs8JI9FMFw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B531F7"/>
     <w:rsid w:val="000617B9"/>
     <w:rsid w:val="000F3E74"/>
     <w:rsid w:val="00117E73"/>
     <w:rsid w:val="001421F7"/>
     <w:rsid w:val="00145D9E"/>
     <w:rsid w:val="0017297A"/>
     <w:rsid w:val="001733B4"/>
     <w:rsid w:val="00197556"/>
     <w:rsid w:val="001D484A"/>
     <w:rsid w:val="001E57E6"/>
     <w:rsid w:val="00266E69"/>
     <w:rsid w:val="002769F7"/>
     <w:rsid w:val="0028243A"/>
     <w:rsid w:val="00286CCF"/>
     <w:rsid w:val="00292A31"/>
     <w:rsid w:val="002D4857"/>
     <w:rsid w:val="002E75A8"/>
     <w:rsid w:val="002F0E52"/>
+    <w:rsid w:val="003816D2"/>
     <w:rsid w:val="003B4EAE"/>
     <w:rsid w:val="003C18AE"/>
     <w:rsid w:val="003D7BFD"/>
     <w:rsid w:val="00410704"/>
     <w:rsid w:val="00426613"/>
     <w:rsid w:val="00426D68"/>
     <w:rsid w:val="0043402D"/>
+    <w:rsid w:val="004553A4"/>
     <w:rsid w:val="004612AC"/>
     <w:rsid w:val="00467C54"/>
     <w:rsid w:val="0051487F"/>
+    <w:rsid w:val="00550465"/>
     <w:rsid w:val="005547CD"/>
     <w:rsid w:val="0057302B"/>
     <w:rsid w:val="00574300"/>
     <w:rsid w:val="00583F84"/>
     <w:rsid w:val="005859A0"/>
     <w:rsid w:val="005914CA"/>
     <w:rsid w:val="005B66C6"/>
     <w:rsid w:val="005C3F4E"/>
     <w:rsid w:val="00643F5E"/>
     <w:rsid w:val="0065336A"/>
     <w:rsid w:val="00656DB1"/>
     <w:rsid w:val="00700DE2"/>
     <w:rsid w:val="00712867"/>
     <w:rsid w:val="007269FC"/>
     <w:rsid w:val="00771A2E"/>
     <w:rsid w:val="00773F6C"/>
     <w:rsid w:val="007B5714"/>
     <w:rsid w:val="007E7683"/>
     <w:rsid w:val="0080431C"/>
     <w:rsid w:val="008201D8"/>
     <w:rsid w:val="00837A56"/>
     <w:rsid w:val="008C65F6"/>
     <w:rsid w:val="008D75D4"/>
     <w:rsid w:val="008D7692"/>
     <w:rsid w:val="008E0606"/>
@@ -6287,50 +6310,51 @@
     <w:rsid w:val="00BB2599"/>
     <w:rsid w:val="00BC335B"/>
     <w:rsid w:val="00BD2B2C"/>
     <w:rsid w:val="00BE051B"/>
     <w:rsid w:val="00C12EA2"/>
     <w:rsid w:val="00C3040E"/>
     <w:rsid w:val="00C57553"/>
     <w:rsid w:val="00CF0BAA"/>
     <w:rsid w:val="00D9509A"/>
     <w:rsid w:val="00D97371"/>
     <w:rsid w:val="00DC5750"/>
     <w:rsid w:val="00DD1050"/>
     <w:rsid w:val="00E047B4"/>
     <w:rsid w:val="00E25B51"/>
     <w:rsid w:val="00E34F75"/>
     <w:rsid w:val="00E41981"/>
     <w:rsid w:val="00E5637F"/>
     <w:rsid w:val="00E74ACC"/>
     <w:rsid w:val="00E824A7"/>
     <w:rsid w:val="00EA4138"/>
     <w:rsid w:val="00ED4D5C"/>
     <w:rsid w:val="00F03A32"/>
     <w:rsid w:val="00F04C05"/>
     <w:rsid w:val="00F40BF6"/>
     <w:rsid w:val="00F730E9"/>
+    <w:rsid w:val="00F8685E"/>
     <w:rsid w:val="00FA6BD3"/>
     <w:rsid w:val="00FE4787"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7230,76 +7254,76 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>821</Words>
-  <Characters>4724</Characters>
+  <Words>834</Words>
+  <Characters>4796</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>127</Lines>
-  <Paragraphs>93</Paragraphs>
+  <Lines>129</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>University of Rio Grande</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5452</CharactersWithSpaces>
+  <CharactersWithSpaces>5535</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>8060938</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://phrp.nihtraining.com/users/login.php</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946908</vt:i4>
       </vt:variant>