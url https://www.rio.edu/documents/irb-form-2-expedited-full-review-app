--- v0 (2026-02-23)
+++ v1 (2026-03-15)
@@ -148,161 +148,167 @@
         </w:rPr>
         <w:t xml:space="preserve">If you </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">do not have access to the IRB Canvas course, you can complete and submit this fillable Word document with all supporting items from the check-off list inserted as additional pages at the end of this document via email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="009744BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>irb@rio.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28905A21" w14:textId="508AAD52" w:rsidR="00A56F6F" w:rsidRDefault="00284431" w:rsidP="00284431">
+    <w:p w14:paraId="28905A21" w14:textId="0E314F82" w:rsidR="00A56F6F" w:rsidRDefault="00B53B24" w:rsidP="00284431">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Completed application must include the application’s signature page</w:t>
+        <w:t>The c</w:t>
+      </w:r>
+      <w:r w:rsidR="00284431">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ompleted application must include the application’s signature page</w:t>
       </w:r>
       <w:r w:rsidR="00FF5281">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with legible, handwritten signatures</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> with legible handwritten signatures</w:t>
+      </w:r>
+      <w:r w:rsidR="00284431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A56F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="00284431" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">No review shall be conducted until a </w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="00284431" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>complete</w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="00284431" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> application</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="00284431" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>including</w:t>
       </w:r>
       <w:r w:rsidR="00BE01BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> all documents</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00BE01BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>s submitted as</w:t>
       </w:r>
       <w:r w:rsidR="00BE01BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> a single </w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Word file</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00284431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="00284431" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">For questions, please </w:t>
       </w:r>
       <w:r w:rsidR="008F639E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">email </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="008F639E" w:rsidRPr="003F4BFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>irb@rio.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008F639E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -429,82 +435,82 @@
         </w:rPr>
         <w:t>Application Check-off List</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00284431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Unless noted otherwise, a</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ll applicable items must be given to the IRB.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13EF6867" w14:textId="3D2AF568" w:rsidR="00B531F7" w:rsidRPr="00C3040E" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="13EF6867" w14:textId="77E81158" w:rsidR="00B531F7" w:rsidRPr="00C3040E" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
@@ -539,275 +545,275 @@
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>for all Principal Investigators</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>If certificates are already on file with the IRB, you need not submit a new copy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6284F59B" w14:textId="3549588A" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="6284F59B" w14:textId="7D45CC13" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002D231D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Refer to the Type of Review</w:t>
       </w:r>
       <w:r w:rsidR="00AB361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Flowc</w:t>
       </w:r>
       <w:r w:rsidR="002D231D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>hart to determine the type of application to complete</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CF325F" w14:textId="127A21D8" w:rsidR="00B531F7" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="21CF325F" w14:textId="62BC6F9B" w:rsidR="00B531F7" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check38"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Consent Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F69529B" w14:textId="7565B672" w:rsidR="002E6F63" w:rsidRPr="007269FC" w:rsidRDefault="002E6F63" w:rsidP="003D7BFD">
+    <w:p w14:paraId="1F69529B" w14:textId="4AB50451" w:rsidR="002E6F63" w:rsidRPr="007269FC" w:rsidRDefault="002E6F63" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check43"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Assent Form, if involving participants who cannot legally give consent to participate (e.g., children under age 18 or individuals with diminished cognitive abilities)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CC320B" w14:textId="7A7B455E" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="24CC320B" w14:textId="709F1171" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Check39"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00284431">
         <w:rPr>
@@ -848,291 +854,291 @@
       <w:r w:rsidR="00284431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00284431" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>application</w:t>
       </w:r>
       <w:r w:rsidR="00284431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00284431" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A88711" w14:textId="1E34F8CC" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="48A88711" w14:textId="70328EC2" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Check40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BE01BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>opies of all questions or forms that will be used in data collection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0452846D" w14:textId="414F2F16" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="0452846D" w14:textId="1083FC59" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Check41"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Any advertisements for research participant r</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ecruitment (if applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAEF6A1" w14:textId="2310D8EF" w:rsidR="00B531F7" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="6CAEF6A1" w14:textId="40027C95" w:rsidR="00B531F7" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Check42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00284431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ompleted </w:t>
       </w:r>
       <w:r w:rsidR="00284431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Expedited and Full Review Application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0645A5A9" w14:textId="503859AD" w:rsidR="008F639E" w:rsidRPr="007269FC" w:rsidRDefault="008F639E" w:rsidP="008F639E">
+    <w:p w14:paraId="0645A5A9" w14:textId="4D00FB6D" w:rsidR="008F639E" w:rsidRPr="007269FC" w:rsidRDefault="008F639E" w:rsidP="008F639E">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Copy of</w:t>
       </w:r>
       <w:r w:rsidR="00D5532B">
         <w:rPr>
@@ -1293,51 +1299,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>nswer</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> by labeling </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>each response</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the appropriate Roman numeral.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E85A67" w14:textId="38E8A79B" w:rsidR="003D7BFD" w:rsidRPr="003D7BFD" w:rsidRDefault="00284431" w:rsidP="003D7BFD">
+    <w:p w14:paraId="53E85A67" w14:textId="06E40B6E" w:rsidR="003D7BFD" w:rsidRPr="003D7BFD" w:rsidRDefault="00284431" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Provide</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> a short summary of the research question</w:t>
       </w:r>
@@ -1365,63 +1371,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> and corresponding hypothesis, </w:t>
       </w:r>
       <w:r w:rsidR="009E4DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>if there is one</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Please </w:t>
       </w:r>
       <w:r w:rsidR="009E4DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>provide a brief literature review of</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prior studies </w:t>
-[...11 lines deleted...]
-        <w:t>directly related to the currently proposed study</w:t>
+        <w:t xml:space="preserve"> prior studies directly related to the proposed study</w:t>
       </w:r>
       <w:r w:rsidR="009E4DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> to explain its need. Be sure to include</w:t>
       </w:r>
       <w:r w:rsidR="00502F5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> appropriate in-text citations and accompanying references</w:t>
       </w:r>
       <w:r w:rsidR="009E4DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> to support any claims that are made when describing the need for the proposed study</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -1476,111 +1470,117 @@
         <w:ind w:left="360" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Provide a short summary of the planned data analysis and reporting methodology. N</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ote if there is any risk of a privacy or confidentiality breach in the reported results.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB85282" w14:textId="40290BE2" w:rsidR="002E6F63" w:rsidRPr="003D7BFD" w:rsidRDefault="001C795C" w:rsidP="003D7BFD">
+    <w:p w14:paraId="5FB85282" w14:textId="427EB204" w:rsidR="002E6F63" w:rsidRPr="003D7BFD" w:rsidRDefault="001C795C" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Explain as specifically as possible w</w:t>
+        <w:t xml:space="preserve">Explain as specifically as possible </w:t>
+      </w:r>
+      <w:r w:rsidR="00B53B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>the precautions that will be taken to protect participants’ identities and any information they</w:t>
       </w:r>
       <w:r w:rsidR="002E6F63" w:rsidRPr="002E6F63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>hat precautions will be taken to protect the participants’ identit</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> and any information that they provide during the study</w:t>
+        <w:t xml:space="preserve"> provide during the study</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002327D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide </w:t>
       </w:r>
       <w:r w:rsidR="002327D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>details about how confidential data will be handled and stored throughout and after the project period. Include information about how and where data will be stored as well as how long it will be stored.</w:t>
+        <w:t>details about how confidential data will be handled and stored throughout and after the project period. Include information about how and where data will be stored</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002327D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well as how long it will be stored.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF14D9F" w14:textId="61BC6455" w:rsidR="00B531F7" w:rsidRPr="001C795C" w:rsidRDefault="001C795C" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Provide an</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1612,51 +1612,51 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00284431" w:rsidRPr="00284431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Expedited and Full Review Application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1442B253" w14:textId="56D31066" w:rsidR="007E7683" w:rsidRPr="00C23EF6" w:rsidRDefault="00B531F7" w:rsidP="00C23EF6">
+    <w:p w14:paraId="1442B253" w14:textId="16C003FC" w:rsidR="007E7683" w:rsidRPr="00C23EF6" w:rsidRDefault="00B531F7" w:rsidP="00C23EF6">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Title of Research Project:</w:t>
       </w:r>
       <w:r w:rsidR="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -1669,83 +1669,83 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Text1"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9520" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1859,1853 +1859,1853 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C23EF6" w14:paraId="21E82B4A" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="698EC5B9" w14:textId="5F4E2532" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="698EC5B9" w14:textId="72C54E83" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text39"/>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25442B51" w14:textId="09EA0FA5" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="25442B51" w14:textId="064CDD79" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Text38"/>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="433E857D" w14:textId="38CD2701" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="433E857D" w14:textId="3F49CEE7" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5093D5B0" w14:textId="030E4E30" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="5093D5B0" w14:textId="6426DF29" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5279B381" w14:textId="0FB3966C" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="5279B381" w14:textId="7A4CEB0F" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Check53"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C23EF6" w14:paraId="2962315B" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62D17E09" w14:textId="4FD353CD" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="62D17E09" w14:textId="5B26EB21" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text37"/>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19DD1C67" w14:textId="4F067FBC" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="19DD1C67" w14:textId="0464E553" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Text21"/>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52975BEE" w14:textId="1488F9EB" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="52975BEE" w14:textId="56A2AD36" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13AEA25D" w14:textId="1FB48DDE" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="13AEA25D" w14:textId="41ECA56A" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9788A7" w14:textId="3347D517" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="2D9788A7" w14:textId="4C89BB92" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Check54"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C23EF6" w14:paraId="331A371B" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="370C3CDC" w14:textId="4EC66B95" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="370C3CDC" w14:textId="5CA5BFA8" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B87A4BA" w14:textId="59A74C54" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="6B87A4BA" w14:textId="3AA95A71" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Text22"/>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC7677C" w14:textId="0E51927B" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="4DC7677C" w14:textId="6D584EDA" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75D9D9E2" w14:textId="7C96CC48" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="75D9D9E2" w14:textId="7EB8C68B" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4188AB23" w14:textId="56D6DC7E" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="4188AB23" w14:textId="1BD28551" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Check55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C23EF6" w14:paraId="18CF5430" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC0D509" w14:textId="59903089" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="0FC0D509" w14:textId="203C9314" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73B98605" w14:textId="01613310" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="73B98605" w14:textId="7C3F3E96" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Text23"/>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F576029" w14:textId="223DB929" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="2F576029" w14:textId="237FEE91" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4610BF6A" w14:textId="3BC63C61" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="4610BF6A" w14:textId="77107DD6" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Check51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8C1A08" w14:textId="0E616993" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="0B8C1A08" w14:textId="16402871" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check56"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C23EF6" w14:paraId="2642412B" w14:textId="77777777" w:rsidTr="004C566B">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64DD8084" w14:textId="754F7540" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="64DD8084" w14:textId="1C224084" w:rsidR="00C23EF6" w:rsidRPr="0075103F" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="209821F2" w14:textId="59423130" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="209821F2" w14:textId="680B3FBC" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Text24"/>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C23EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="075AFA2A" w14:textId="2BD59BFD" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="075AFA2A" w14:textId="07C73B01" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="483BC80B" w14:textId="44EF2CBF" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="483BC80B" w14:textId="0F26C4FA" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Check52"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38761CF9" w14:textId="283CA56D" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
+          <w:p w14:paraId="38761CF9" w14:textId="30B9AF60" w:rsidR="00C23EF6" w:rsidRDefault="00C23EF6" w:rsidP="004C566B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Check57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0050411F">
+            <w:r w:rsidR="008D7D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D94BE1F" w14:textId="2F8C707B" w:rsidR="00B531F7" w:rsidRDefault="00B531F7" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -3794,66 +3794,81 @@
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0016065E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> years old</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538E63FE" w14:textId="189EFCB0" w:rsidR="008F639E" w:rsidRPr="007269FC" w:rsidRDefault="008F639E" w:rsidP="00E047B4">
+    <w:p w14:paraId="422AA67D" w14:textId="77777777" w:rsidR="00B53B24" w:rsidRPr="00017E51" w:rsidRDefault="00B53B24" w:rsidP="00B53B24">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017E51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>The Principal Investigator must be a faculty or staff member of Rio Grande.</w:t>
+        <w:t>The Principal Investigator must be a faculty or staff member of Rio Grande</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is required to review the application for completeness before it is submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A657F5" w14:textId="45962FCB" w:rsidR="00A35BE0" w:rsidRDefault="00A945B9" w:rsidP="00A35BE0">
+    <w:p w14:paraId="30A657F5" w14:textId="44AEFDFA" w:rsidR="00A35BE0" w:rsidRDefault="00A945B9" w:rsidP="00A35BE0">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Principal Investigator’s</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name:</w:t>
       </w:r>
       <w:r w:rsidR="00A35BE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -3871,100 +3886,100 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="Text2"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="26E6A916" w14:textId="72BD2801" w:rsidR="00A945B9" w:rsidRPr="007269FC" w:rsidRDefault="00A945B9" w:rsidP="00A35BE0">
+    <w:p w14:paraId="26E6A916" w14:textId="1E8C6E1E" w:rsidR="00A945B9" w:rsidRPr="007269FC" w:rsidRDefault="00A945B9" w:rsidP="00A35BE0">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>PI</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phone Number:</w:t>
       </w:r>
       <w:r w:rsidR="00A35BE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -3982,100 +3997,100 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="Text3"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="081B082D" w14:textId="4F2E9328" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00A35BE0">
+    <w:p w14:paraId="081B082D" w14:textId="4FC7C0BF" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00A35BE0">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Department(s)/Division/Agency:</w:t>
       </w:r>
       <w:r w:rsidR="00A35BE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -4085,100 +4100,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="Text4"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="32A073B1" w14:textId="551DADEA" w:rsidR="00AB2594" w:rsidRPr="00B357A1" w:rsidRDefault="00AB2594" w:rsidP="00AB2594">
+    <w:p w14:paraId="32A073B1" w14:textId="26F2AAAD" w:rsidR="00AB2594" w:rsidRPr="00B357A1" w:rsidRDefault="00AB2594" w:rsidP="00AB2594">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Based on the “</w:t>
       </w:r>
       <w:r w:rsidR="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00B357A1">
@@ -4218,51 +4233,51 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check49"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="Check49"/>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F" w:rsidRPr="00B357A1">
+      <w:r w:rsidR="008D7D7F" w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
@@ -4277,76 +4292,76 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check50"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="27" w:name="Check50"/>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F" w:rsidRPr="00B357A1">
+      <w:r w:rsidR="008D7D7F" w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00B357A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BF01DB" w14:textId="5E19930D" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
+    <w:p w14:paraId="26BF01DB" w14:textId="0F4FF6A9" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe the key demographics (age, SES, ethnicity, geographic locations, gender, </w:t>
       </w:r>
       <w:r w:rsidR="00C3040E" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
@@ -4374,100 +4389,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="28" w:name="Text5"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="30525208" w14:textId="4408518A" w:rsidR="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
+    <w:p w14:paraId="30525208" w14:textId="45AF5D72" w:rsidR="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>What is the greatest number of participants that will be recruited?</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -4486,100 +4501,100 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="29" w:name="Text6"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="69A2B1F8" w14:textId="164A92FA" w:rsidR="00523870" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
+    <w:p w14:paraId="69A2B1F8" w14:textId="2F23E851" w:rsidR="00523870" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>How will participants be recruited?</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -4595,464 +4610,464 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="Text7"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="4E1579F4" w14:textId="41220B80" w:rsidR="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Check the type of population(s) listed below that will be included in the study.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323C40FA" w14:textId="6B7EE929" w:rsidR="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
+    <w:p w14:paraId="323C40FA" w14:textId="4615F9E2" w:rsidR="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check44"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="31" w:name="Check44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Children (under the age of 18)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E4395F" w14:textId="370D7FC3" w:rsidR="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
+    <w:p w14:paraId="37E4395F" w14:textId="7393B243" w:rsidR="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="32" w:name="Check45"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Prisoners</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A0D0C93" w14:textId="28F8AB93" w:rsidR="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
+    <w:p w14:paraId="7A0D0C93" w14:textId="7115DB70" w:rsidR="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check46"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="33" w:name="Check46"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Participants with diminished cognitive ability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA5C074" w14:textId="79016F13" w:rsidR="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
+    <w:p w14:paraId="1BA5C074" w14:textId="320CFD10" w:rsidR="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check47"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="34" w:name="Check47"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pregnant women and/or fetuses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF275D8" w14:textId="2A38EF49" w:rsidR="002E6F63" w:rsidRPr="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
+    <w:p w14:paraId="6AF275D8" w14:textId="56C67A34" w:rsidR="002E6F63" w:rsidRPr="002E6F63" w:rsidRDefault="002E6F63" w:rsidP="002E6F63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check48"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="35" w:name="Check48"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>No vulnerable populations will be included</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="458AB69A" w14:textId="23AA8D17" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00E047B4">
+    <w:p w14:paraId="458AB69A" w14:textId="19AAF653" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Will participants be remunerated for their participation?</w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="36" w:name="Check21"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
@@ -5073,82 +5088,82 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="37" w:name="Check22"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0645E658" w14:textId="7B25A08C" w:rsidR="00523870" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
+    <w:p w14:paraId="0645E658" w14:textId="5410D097" w:rsidR="00523870" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>If so, how will participants be remunerated? Please indicate the type of remuneration and the amount</w:t>
       </w:r>
       <w:r w:rsidR="007269FC" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
@@ -5182,100 +5197,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="38" w:name="Text8"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="2F29738F" w14:textId="24FFCCF0" w:rsidR="00F04C05" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
+    <w:p w14:paraId="2F29738F" w14:textId="67226FC8" w:rsidR="00F04C05" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>If participants do not complete the study, will partial or full remuneration be given? Please describe how that will be determined.</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -5291,100 +5306,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="39" w:name="Text9"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="6C45FB53" w14:textId="49AA3A79" w:rsidR="00523870" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
+    <w:p w14:paraId="6C45FB53" w14:textId="5BFF6D85" w:rsidR="00523870" w:rsidRPr="006E7C36" w:rsidRDefault="00F04C05" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>What direct benefits (other than remuneration) exist for the participants who participate?</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -5400,442 +5415,442 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="40" w:name="Text10"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="6E3A60D6" w14:textId="250572CD" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>What direct risks could the participants potentially face? Check all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A1D386" w14:textId="76167131" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
+    <w:p w14:paraId="50A1D386" w14:textId="19B8F37D" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="41" w:name="Check23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Risk of confidentiality or p</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>rivacy</w:t>
       </w:r>
       <w:r w:rsidR="00284431">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> breaches</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B3C972A" w14:textId="0E7889F2" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
+    <w:p w14:paraId="6B3C972A" w14:textId="2A8B9723" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="42" w:name="Check24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Risk of coercion by r</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>esearcher(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E801E25" w14:textId="4FD9CB33" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
+    <w:p w14:paraId="0E801E25" w14:textId="3F482109" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="43" w:name="Check25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Risk of psychological h</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>arm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64113CE4" w14:textId="6FB55E95" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
+    <w:p w14:paraId="64113CE4" w14:textId="17AE0C29" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="44" w:name="Check26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Risk of physical h</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>arm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C572E6C" w14:textId="724DEAF8" w:rsidR="00AB2594" w:rsidRPr="00AB2594" w:rsidRDefault="00E047B4" w:rsidP="006E7C36">
+    <w:p w14:paraId="6C572E6C" w14:textId="48952607" w:rsidR="00AB2594" w:rsidRPr="00AB2594" w:rsidRDefault="00E047B4" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="45" w:name="Check27"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
@@ -5880,100 +5895,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="46" w:name="Text11"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="57C791E8" w14:textId="3B38DE6B" w:rsidR="00BA2549" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
+    <w:p w14:paraId="57C791E8" w14:textId="166B47B9" w:rsidR="00BA2549" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Please describe the specific risk(s).</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -5989,100 +6004,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="47" w:name="Text12"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w14:paraId="5C3705EB" w14:textId="4152DEF2" w:rsidR="00BA2549" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
+    <w:p w14:paraId="5C3705EB" w14:textId="2B13E063" w:rsidR="00BA2549" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>What measures will be taken to limit or minimize the risks?</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -6098,100 +6113,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="48" w:name="Text13"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="3D800C72" w14:textId="525A76CC" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
+    <w:p w14:paraId="3D800C72" w14:textId="549CCA11" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>What are the expected benefits of the research to the scientific community or the common good</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
@@ -6213,100 +6228,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="49" w:name="Text14"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
-    <w:p w14:paraId="58F2C808" w14:textId="5AF8EB3C" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
+    <w:p w14:paraId="58F2C808" w14:textId="38615A5B" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>If the methodology requires that participants be deceived about any aspect of the study</w:t>
       </w:r>
       <w:r w:rsidR="00AB2594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB2594">
@@ -6346,100 +6361,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="50" w:name="Text15"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
-    <w:p w14:paraId="4041046E" w14:textId="32BA197B" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
+    <w:p w14:paraId="4041046E" w14:textId="31728DE2" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>How will the participants be informed of the risks and benefits of the study?</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -6455,100 +6470,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="51" w:name="Text16"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
     </w:p>
-    <w:p w14:paraId="0E118920" w14:textId="56E8BD39" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
+    <w:p w14:paraId="0E118920" w14:textId="310880BB" w:rsidR="00AB2594" w:rsidRPr="006E7C36" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>How will consent be obtained from the participants (or their legal guardian)?</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -6564,100 +6579,100 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="52" w:name="Text17"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="12B4015C" w14:textId="40809AD3" w:rsidR="00AB2594" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
+    <w:p w14:paraId="12B4015C" w14:textId="0E48996C" w:rsidR="00AB2594" w:rsidRDefault="00BA2549" w:rsidP="006E7C36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>If participants who cannot give legal consent are involved, how will assent be obtained from the participants?</w:t>
       </w:r>
       <w:r w:rsidR="006E7C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
@@ -6673,83 +6688,83 @@
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="53" w:name="Text18"/>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00046B4E" w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="6C010049" w14:textId="22945DE8" w:rsidR="00AB2594" w:rsidRPr="00523870" w:rsidRDefault="00AB2594" w:rsidP="006E7C36">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F977A94" w14:textId="11B696A3" w:rsidR="00910C03" w:rsidRPr="00BA2549" w:rsidRDefault="0017297A" w:rsidP="006E7C36">
@@ -7206,129 +7221,129 @@
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Co-</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A2933E" w14:textId="50F62BC9" w:rsidR="00A945B9" w:rsidRPr="00046B4E" w:rsidRDefault="00046B4E" w:rsidP="006E7C36">
+    <w:p w14:paraId="77A2933E" w14:textId="1C4DF3CC" w:rsidR="00A945B9" w:rsidRPr="00046B4E" w:rsidRDefault="00046B4E" w:rsidP="006E7C36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="date"/>
               <w:format w:val="yyyy-MM-dd"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="54" w:name="Text19"/>
       <w:r w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0050411F">
+      <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00046B4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:p w14:paraId="32F7B04E" w14:textId="77777777" w:rsidR="00A945B9" w:rsidRPr="007269FC" w:rsidRDefault="00A945B9" w:rsidP="006E7C36">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
@@ -7443,61 +7458,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Please delete these instructions when inserting your additional pages.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003D7BFD" w:rsidRPr="007269FC">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40234657" w14:textId="77777777" w:rsidR="00312E0F" w:rsidRDefault="00312E0F" w:rsidP="00910C03">
+    <w:p w14:paraId="32AD7011" w14:textId="77777777" w:rsidR="006137CD" w:rsidRDefault="006137CD" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6852D9B8" w14:textId="77777777" w:rsidR="00312E0F" w:rsidRDefault="00312E0F" w:rsidP="00910C03">
+    <w:p w14:paraId="1D9560EA" w14:textId="77777777" w:rsidR="006137CD" w:rsidRDefault="006137CD" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7617,61 +7632,61 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005914CA" w:rsidRPr="00C3040E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00910C03" w:rsidRPr="00C3040E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30AE9A95" w14:textId="77777777" w:rsidR="00312E0F" w:rsidRDefault="00312E0F" w:rsidP="00910C03">
+    <w:p w14:paraId="7ABBC554" w14:textId="77777777" w:rsidR="006137CD" w:rsidRDefault="006137CD" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3462366F" w14:textId="77777777" w:rsidR="00312E0F" w:rsidRDefault="00312E0F" w:rsidP="00910C03">
+    <w:p w14:paraId="3543B5DF" w14:textId="77777777" w:rsidR="006137CD" w:rsidRDefault="006137CD" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C4AD8BA" w14:textId="54A184C8" w:rsidR="00E41981" w:rsidRPr="00E41981" w:rsidRDefault="00E41981" w:rsidP="007269FC">
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="7200"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -8539,53 +8554,53 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2005936268">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="187069687">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="998845429">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="50735439">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1130392451">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1516935">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="151"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="63Pip2VvnCcgbyG6f/5f4czih8/nXdiMd0hNXQQ07xH7ziZj7gBSPbb1OSNHYNoDdRwlgC7HOZ6Nyh7qZvYkEg==" w:salt="gx+JlwKAL17BySi7ImOUFQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gSkAL2ceBtrcf7NSgI2JucNmoLFbgj7Se/pUtBzttogUBDft4fOynAuBtFGcf6sewAQyWxAyf5TAto0TO0hIAQ==" w:salt="A+fO5dPNZcOpVE9DSEDYHg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B531F7"/>
     <w:rsid w:val="00046B4E"/>
     <w:rsid w:val="000D6A3F"/>
     <w:rsid w:val="000F3E74"/>
     <w:rsid w:val="00112A43"/>
     <w:rsid w:val="00120DD5"/>
@@ -8594,110 +8609,117 @@
     <w:rsid w:val="0017297A"/>
     <w:rsid w:val="001733B4"/>
     <w:rsid w:val="00197556"/>
     <w:rsid w:val="001C795C"/>
     <w:rsid w:val="001D484A"/>
     <w:rsid w:val="001E57E6"/>
     <w:rsid w:val="002327D4"/>
     <w:rsid w:val="00266E69"/>
     <w:rsid w:val="002769F7"/>
     <w:rsid w:val="0028243A"/>
     <w:rsid w:val="00284431"/>
     <w:rsid w:val="002D231D"/>
     <w:rsid w:val="002E6F63"/>
     <w:rsid w:val="002E75A8"/>
     <w:rsid w:val="002F0E52"/>
     <w:rsid w:val="0030524D"/>
     <w:rsid w:val="00312E0F"/>
     <w:rsid w:val="003160E0"/>
     <w:rsid w:val="003A0568"/>
     <w:rsid w:val="003B4EAE"/>
     <w:rsid w:val="003D7BFD"/>
     <w:rsid w:val="003F79C6"/>
     <w:rsid w:val="00426D68"/>
     <w:rsid w:val="0043402D"/>
     <w:rsid w:val="00451F3B"/>
+    <w:rsid w:val="004553A4"/>
     <w:rsid w:val="004612AC"/>
     <w:rsid w:val="004A6DE3"/>
     <w:rsid w:val="00502F5D"/>
     <w:rsid w:val="0050411F"/>
     <w:rsid w:val="0051487F"/>
     <w:rsid w:val="00523870"/>
     <w:rsid w:val="00574300"/>
     <w:rsid w:val="00583F84"/>
     <w:rsid w:val="005914CA"/>
     <w:rsid w:val="005B66C6"/>
     <w:rsid w:val="005C0A1C"/>
     <w:rsid w:val="005C3F4E"/>
+    <w:rsid w:val="006137CD"/>
     <w:rsid w:val="00616C71"/>
     <w:rsid w:val="0065360A"/>
     <w:rsid w:val="00656DB1"/>
     <w:rsid w:val="006E7C36"/>
     <w:rsid w:val="00700DE2"/>
     <w:rsid w:val="00712867"/>
     <w:rsid w:val="007269FC"/>
     <w:rsid w:val="00734B6A"/>
     <w:rsid w:val="00773F6C"/>
+    <w:rsid w:val="00775C48"/>
     <w:rsid w:val="007B5714"/>
     <w:rsid w:val="007E7683"/>
     <w:rsid w:val="0080431C"/>
     <w:rsid w:val="00804A6D"/>
     <w:rsid w:val="00837A56"/>
     <w:rsid w:val="0084028D"/>
     <w:rsid w:val="008D6C20"/>
+    <w:rsid w:val="008D7D7F"/>
     <w:rsid w:val="008F639E"/>
     <w:rsid w:val="00910C03"/>
     <w:rsid w:val="009321F4"/>
     <w:rsid w:val="009450D1"/>
     <w:rsid w:val="00951A4A"/>
     <w:rsid w:val="009905B1"/>
     <w:rsid w:val="009D11AF"/>
     <w:rsid w:val="009D6D92"/>
     <w:rsid w:val="009E4DDE"/>
     <w:rsid w:val="00A35BE0"/>
     <w:rsid w:val="00A56F6F"/>
     <w:rsid w:val="00A75D46"/>
     <w:rsid w:val="00A82A74"/>
     <w:rsid w:val="00A945B9"/>
     <w:rsid w:val="00AB1554"/>
     <w:rsid w:val="00AB2594"/>
     <w:rsid w:val="00AB361E"/>
     <w:rsid w:val="00AE09FF"/>
     <w:rsid w:val="00AE16D6"/>
     <w:rsid w:val="00AE6F77"/>
     <w:rsid w:val="00AF7E64"/>
     <w:rsid w:val="00B128DE"/>
     <w:rsid w:val="00B357A1"/>
     <w:rsid w:val="00B531F7"/>
+    <w:rsid w:val="00B53B24"/>
     <w:rsid w:val="00B5628B"/>
     <w:rsid w:val="00B92111"/>
     <w:rsid w:val="00BA2549"/>
     <w:rsid w:val="00BA7D67"/>
     <w:rsid w:val="00BB2599"/>
     <w:rsid w:val="00BC335B"/>
     <w:rsid w:val="00BE01BE"/>
+    <w:rsid w:val="00BE0632"/>
     <w:rsid w:val="00BF44BE"/>
+    <w:rsid w:val="00C010FD"/>
     <w:rsid w:val="00C146BC"/>
     <w:rsid w:val="00C23EF6"/>
     <w:rsid w:val="00C3040E"/>
     <w:rsid w:val="00CE443E"/>
     <w:rsid w:val="00CF0BAA"/>
     <w:rsid w:val="00D5532B"/>
     <w:rsid w:val="00D56A35"/>
     <w:rsid w:val="00D739FE"/>
     <w:rsid w:val="00D9509A"/>
     <w:rsid w:val="00D97371"/>
     <w:rsid w:val="00E047B4"/>
     <w:rsid w:val="00E07E25"/>
     <w:rsid w:val="00E41981"/>
     <w:rsid w:val="00E54597"/>
     <w:rsid w:val="00E5637F"/>
     <w:rsid w:val="00E60549"/>
     <w:rsid w:val="00E77018"/>
     <w:rsid w:val="00E824A7"/>
     <w:rsid w:val="00F03A32"/>
     <w:rsid w:val="00F04C05"/>
     <w:rsid w:val="00F126A8"/>
     <w:rsid w:val="00F65E4C"/>
     <w:rsid w:val="00F730E9"/>
     <w:rsid w:val="00F935C4"/>
     <w:rsid w:val="00FF5281"/>
@@ -9621,76 +9643,76 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1493</Words>
-  <Characters>8096</Characters>
+  <Words>1503</Words>
+  <Characters>8148</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>184</Lines>
-  <Paragraphs>131</Paragraphs>
+  <Lines>181</Lines>
+  <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form 2: Expedited and Full Review Application and Instructions</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>University of Rio Grande</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9458</CharactersWithSpaces>
+  <CharactersWithSpaces>9521</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>8060938</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://phrp.nihtraining.com/users/login.php</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946908</vt:i4>
       </vt:variant>