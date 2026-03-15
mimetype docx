--- v0 (2026-02-23)
+++ v1 (2026-03-15)
@@ -203,122 +203,128 @@
         </w:rPr>
         <w:t xml:space="preserve">inserted as additional pages at the end of this document </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">via email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="009744BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>irb@rio.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB267BD" w14:textId="1C72C8F3" w:rsidR="0083120E" w:rsidRDefault="003207F6" w:rsidP="0083120E">
+    <w:p w14:paraId="4DB267BD" w14:textId="33C91189" w:rsidR="0083120E" w:rsidRDefault="00AC2038" w:rsidP="0083120E">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Completed application must include the application’s signature page with legible, handwritten signatures. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007269FC">
+        <w:t>The c</w:t>
+      </w:r>
+      <w:r w:rsidR="003207F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ompleted application must include the application’s signature page with legible handwritten signatures. </w:t>
+      </w:r>
+      <w:r w:rsidR="003207F6" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">No review shall be conducted until a </w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="003207F6" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>complete</w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="003207F6" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> application</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003207F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="003207F6" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003207F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">including all documents, is submitted as a single Word file. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007269FC">
+      <w:r w:rsidR="003207F6" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">For questions, please </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003207F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">email </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="003F4BFF">
+        <w:r w:rsidR="003207F6" w:rsidRPr="003F4BFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>irb@rio.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="003207F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E15BEF" w14:textId="538DFFF5" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">All Investigators must complete the </w:t>
       </w:r>
       <w:r w:rsidR="00C3040E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">free </w:t>
       </w:r>
@@ -442,82 +448,82 @@
         </w:rPr>
         <w:t>Application Check-off List</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00156D2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Unless noted otherwise, a</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ll applicable items must be given to the IRB.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6284F59B" w14:textId="55CEC356" w:rsidR="00B531F7" w:rsidRDefault="003D7BFD" w:rsidP="00394227">
+    <w:p w14:paraId="6284F59B" w14:textId="6CB3B411" w:rsidR="00B531F7" w:rsidRDefault="003D7BFD" w:rsidP="00394227">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
@@ -552,149 +558,149 @@
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>for all Principal Investigators</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>If certificates are already on file with the IRB, you need not submit a new copy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139B3DFE" w14:textId="46B78775" w:rsidR="00126AB9" w:rsidRPr="007269FC" w:rsidRDefault="00126AB9" w:rsidP="00126AB9">
+    <w:p w14:paraId="139B3DFE" w14:textId="0EDED27D" w:rsidR="00126AB9" w:rsidRPr="007269FC" w:rsidRDefault="00126AB9" w:rsidP="00126AB9">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Refer to the Type of Review</w:t>
       </w:r>
       <w:r w:rsidR="009B7243">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>lowchart to determine the type of application to complete</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CF325F" w14:textId="35F214F4" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="00126AB9">
+    <w:p w14:paraId="21CF325F" w14:textId="7E37F39F" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="00126AB9">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check38"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
@@ -711,82 +717,82 @@
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>f applicable</w:t>
       </w:r>
       <w:r w:rsidR="00910C03" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, see question 5</w:t>
       </w:r>
       <w:r w:rsidR="00156D2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CC320B" w14:textId="4D65E73D" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="24CC320B" w14:textId="2408699A" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check39"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00477EEF">
         <w:rPr>
@@ -833,279 +839,279 @@
       <w:r w:rsidR="00C3040E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>application</w:t>
       </w:r>
       <w:r w:rsidR="00156D2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A88711" w14:textId="12B54F5C" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="48A88711" w14:textId="227466FB" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Copies of all questions or forms that will be used in data collection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0452846D" w14:textId="60CD063D" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="0452846D" w14:textId="0C1EBE23" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Check41"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Any advertisements for research participant r</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ecruitment (if applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAEF6A1" w14:textId="12531D91" w:rsidR="00B531F7" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
+    <w:p w14:paraId="6CAEF6A1" w14:textId="1458712E" w:rsidR="00B531F7" w:rsidRDefault="003D7BFD" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Check42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA50E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Completed Exempt Review Application</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pages 3-6)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265B54C2" w14:textId="75BBA307" w:rsidR="00C27B72" w:rsidRPr="007269FC" w:rsidRDefault="00C27B72" w:rsidP="003D7BFD">
+    <w:p w14:paraId="265B54C2" w14:textId="703AD61A" w:rsidR="00C27B72" w:rsidRPr="007269FC" w:rsidRDefault="00C27B72" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Copy of IRB approval letter from any other involved institution (if applicable)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F385EB3" w14:textId="45CE4E52" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00F730E9" w:rsidP="00E047B4">
@@ -1230,51 +1236,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>nswer</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> by labeling </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>each response</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the appropriate Roman numeral.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E85A67" w14:textId="25AE267A" w:rsidR="003D7BFD" w:rsidRPr="003D7BFD" w:rsidRDefault="00AF1F4C" w:rsidP="003D7BFD">
+    <w:p w14:paraId="53E85A67" w14:textId="0CB24CA4" w:rsidR="003D7BFD" w:rsidRPr="003D7BFD" w:rsidRDefault="00AF1F4C" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Provide</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> a short summary of the research question</w:t>
       </w:r>
@@ -1290,63 +1296,51 @@
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>) and corresponding hypothesis, if there is one</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Please </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>provide a brief literature review of</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prior studies </w:t>
-[...11 lines deleted...]
-        <w:t>directly related to the currently proposed study</w:t>
+        <w:t xml:space="preserve"> prior studies directly related to the proposed study</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> to explain its need. Be sure to include appropriate in-text citations and accompanying references to support any claims that are made when describing the need for the proposed study</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1C01BB" w14:textId="18FBC966" w:rsidR="003D7BFD" w:rsidRPr="003D7BFD" w:rsidRDefault="00AF1F4C" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
@@ -1383,265 +1377,175 @@
         <w:ind w:left="360" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Provide a short summary of the planned data analysis and reporting methodology. N</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ote if there is any risk of a privacy or confidentiality breach in the reported results.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F9D5DD" w14:textId="77777777" w:rsidR="003207F6" w:rsidRPr="003D7BFD" w:rsidRDefault="003207F6" w:rsidP="003207F6">
+    <w:p w14:paraId="26F9D5DD" w14:textId="11802C95" w:rsidR="003207F6" w:rsidRPr="003D7BFD" w:rsidRDefault="003207F6" w:rsidP="003207F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Explain as specifically as possible w</w:t>
+        <w:t xml:space="preserve">Explain as specifically as possible </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2038">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>the precautions that will be taken to protect participants’ identities and any information they</w:t>
       </w:r>
       <w:r w:rsidRPr="002E6F63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>hat precautions will be taken to protect the participants’ identit</w:t>
-[...17 lines deleted...]
-        <w:t>. Provide details about how confidential data will be handled and stored throughout and after the project period. Include information about how and where data will be stored as well as how long it will be stored.</w:t>
+        <w:t xml:space="preserve"> provide during the study</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Provide details about how confidential data will be handled and stored throughout and after the project period. Include information about how and where data will be stored</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2038">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well as how long it will be stored.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D9A3BB" w14:textId="598E547A" w:rsidR="00B531F7" w:rsidRPr="003D7BFD" w:rsidRDefault="003207F6" w:rsidP="003207F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Provide an</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> estimated timeline for data collection for this study</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786B1A4B" w14:textId="77777777" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="003D7BFD">
-[...94 lines deleted...]
-    </w:p>
     <w:p w14:paraId="663B78AB" w14:textId="77777777" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44565960" w14:textId="0EBAECE3" w:rsidR="00D9509A" w:rsidRPr="00B57867" w:rsidRDefault="002E75A8" w:rsidP="00B57867">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00B57867" w:rsidRPr="00B57867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Exempt Review Application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1442B253" w14:textId="379CCF48" w:rsidR="007E7683" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00097590">
+    <w:p w14:paraId="1442B253" w14:textId="7615EEF6" w:rsidR="007E7683" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00097590">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Title of Research Project:</w:t>
       </w:r>
       <w:r w:rsidR="0066465E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A31649" w:rsidRPr="00F808F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
@@ -1656,83 +1560,83 @@
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Text1"/>
       <w:r w:rsidR="00A31649" w:rsidRPr="00F808F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00A31649" w:rsidRPr="00F808F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00A31649" w:rsidRPr="00F808F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A31649" w:rsidRPr="00F808F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9520" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1846,1875 +1750,1875 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7A2F" w14:paraId="63BBECD2" w14:textId="77777777" w:rsidTr="00C07D87">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18D2758E" w14:textId="4041E9EF" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
+          <w:p w14:paraId="18D2758E" w14:textId="4F3DD1E2" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF498E8" w14:textId="4267663C" w:rsidR="002F7A2F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
+          <w:p w14:paraId="5CF498E8" w14:textId="688CBE80" w:rsidR="002F7A2F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text38"/>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008770C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E9AF1B2" w14:textId="16BEEA47" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="2E9AF1B2" w14:textId="2AD8A4A8" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Check43"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09370558" w14:textId="512E7AB1" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="09370558" w14:textId="0B492EA1" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Check48"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED4C5FB" w14:textId="637AC8E5" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="1ED4C5FB" w14:textId="274F17E0" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Check53"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7A2F" w14:paraId="1C6638C4" w14:textId="77777777" w:rsidTr="00C07D87">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B792ECC" w14:textId="37D2D516" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
+          <w:p w14:paraId="3B792ECC" w14:textId="53BAC73B" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33052146" w14:textId="507B94CB" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="33052146" w14:textId="6167EEAE" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Text21"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66DA5A1C" w14:textId="78FCF966" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="66DA5A1C" w14:textId="44EB8B90" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Check44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61BFE2A6" w14:textId="2CAE2982" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="61BFE2A6" w14:textId="4B2CDAB1" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Check49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1966EB86" w14:textId="7DD204FF" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="1966EB86" w14:textId="1B0E1224" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Check54"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7A2F" w14:paraId="2571BF74" w14:textId="77777777" w:rsidTr="00C07D87">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="189C7CD0" w14:textId="6A26681A" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
+          <w:p w14:paraId="189C7CD0" w14:textId="5D6E507B" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Text17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="466D0796" w14:textId="4CE92118" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="466D0796" w14:textId="27CDF6B8" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Text22"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FC8DF08" w14:textId="6A70E298" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="5FC8DF08" w14:textId="2EBD9D38" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check45"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38211212" w14:textId="4A78A811" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="38211212" w14:textId="678738C2" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Check50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67BF000C" w14:textId="1D98E09C" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="67BF000C" w14:textId="1BE69AAC" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Check55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7A2F" w14:paraId="2DC5A748" w14:textId="77777777" w:rsidTr="00C07D87">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17CA789F" w14:textId="534CC011" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
+          <w:p w14:paraId="17CA789F" w14:textId="35F96271" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Text18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D821712" w14:textId="3CBA37BD" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="4D821712" w14:textId="570A1618" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="23" w:name="Text23"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12BBE6EE" w14:textId="0FC3C27E" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="12BBE6EE" w14:textId="3E5251FA" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Check46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9706B0" w14:textId="4C21CA55" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="4D9706B0" w14:textId="15E46347" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Check51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35E859B1" w14:textId="308F236D" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="35E859B1" w14:textId="175F96A6" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="26" w:name="Check56"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7A2F" w14:paraId="21041C30" w14:textId="77777777" w:rsidTr="00C07D87">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12AF2FAE" w14:textId="17519FD3" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
+          <w:p w14:paraId="12AF2FAE" w14:textId="6742C9B8" w:rsidR="002F7A2F" w:rsidRPr="0075103F" w:rsidRDefault="008770C9" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="TITLE CASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="27" w:name="Text19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65C4D45D" w14:textId="7AA996E2" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="65C4D45D" w14:textId="0FCF543C" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="28" w:name="Text24"/>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00845991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0432FF"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B13EFCB" w14:textId="34C59E88" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="4B13EFCB" w14:textId="6561C9CE" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="29" w:name="Check47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56E309D3" w14:textId="1AB70B33" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="56E309D3" w14:textId="3A871BE1" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="30" w:name="Check52"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFCBDA4" w14:textId="4C1D6795" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
+          <w:p w14:paraId="5EFCBDA4" w14:textId="3E6E4A3A" w:rsidR="002F7A2F" w:rsidRDefault="00097590" w:rsidP="002F7A2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="Check57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A22B6F">
+            <w:r w:rsidR="008B1DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D94BE1F" w14:textId="2C36F04E" w:rsidR="00B531F7" w:rsidRDefault="00B531F7" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -3803,474 +3707,490 @@
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00CE55FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> years old</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D85B2A0" w14:textId="05D73D85" w:rsidR="00C27B72" w:rsidRPr="00017E51" w:rsidRDefault="00C27B72" w:rsidP="00E047B4">
+    <w:p w14:paraId="6D85B2A0" w14:textId="08E91AB3" w:rsidR="00C27B72" w:rsidRPr="00017E51" w:rsidRDefault="00C27B72" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="OLE_LINK1"/>
       <w:r w:rsidRPr="00017E51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>The Principal Investigator must be a faculty or staff member of Rio Grande.</w:t>
+        <w:t>The Principal Investigator must be a faculty or staff member of Rio Grande</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2038">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is required to review the application for completeness before it is submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1040B073" w14:textId="5D6A15A4" w:rsidR="00C07D87" w:rsidRDefault="00680ADE" w:rsidP="00C07D87">
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w14:paraId="1040B073" w14:textId="7A42E9D8" w:rsidR="00C07D87" w:rsidRDefault="00680ADE" w:rsidP="00C07D87">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Principal Investigator’s</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name:</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:format w:val="TITLE CASE"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Text25"/>
+      <w:bookmarkStart w:id="33" w:name="Text25"/>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="5E4E979B" w14:textId="006AAA4D" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00680ADE" w:rsidP="00C07D87">
+    <w:p w14:paraId="5E4E979B" w14:textId="15CACB86" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00680ADE" w:rsidP="00C07D87">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>rincipal Investigator’s</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phone Number:</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="Text26"/>
+      <w:bookmarkStart w:id="34" w:name="Text26"/>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008770C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w14:paraId="081B082D" w14:textId="608049E6" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00C07D87">
+    <w:p w14:paraId="081B082D" w14:textId="71C14F6D" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00C07D87">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Department(s)/Division/Agency:</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:format w:val="TITLE CASE"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="34" w:name="Text27"/>
+      <w:bookmarkStart w:id="35" w:name="Text27"/>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="10156B49" w14:textId="54FE0CBF" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Place a check mark next to the category that best describes your research</w:t>
       </w:r>
       <w:r w:rsidR="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>You may check more than one category.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EFCAB19" w14:textId="002CFAC1" w:rsidR="00BA50E2" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
+    <w:p w14:paraId="3EFCAB19" w14:textId="4DDB1FBE" w:rsidR="00BA50E2" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="Check16"/>
+      <w:bookmarkStart w:id="36" w:name="Check16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Research conducted in established or commonly accepted educational settings, involving normal educational practices, such as</w:t>
       </w:r>
       <w:r w:rsidR="00BA50E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB09D7B" w14:textId="3B21D832" w:rsidR="00BA50E2" w:rsidRDefault="00B531F7" w:rsidP="00BA50E2">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4288,99 +4208,99 @@
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20C18732" w14:textId="79C4D1C6" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00B531F7" w:rsidP="00BA50E2">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) research on the effectiveness of or the comparison among instructional techniques, curricula, or classroom management methods. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9C1551" w14:textId="03880D80" w:rsidR="00BA50E2" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
+    <w:p w14:paraId="7C9C1551" w14:textId="269DEAAE" w:rsidR="00BA50E2" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="Check17"/>
+      <w:bookmarkStart w:id="37" w:name="Check17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Research involving the use of educational tests (e.g., cognitive, diagnostic, aptitude, achievement), survey procedures, interview procedures</w:t>
       </w:r>
       <w:r w:rsidR="00B57867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> or observation of public behavior,</w:t>
       </w:r>
       <w:r w:rsidR="00BA50E2">
@@ -4447,99 +4367,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>collection. You may not collect data from appointed public officials or candidate</w:t>
       </w:r>
       <w:r w:rsidR="00C3040E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> for public office</w:t>
       </w:r>
       <w:r w:rsidR="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531D5C51" w14:textId="1B647CD3" w:rsidR="00AF1F4C" w:rsidRDefault="00AF1F4C" w:rsidP="00AF1F4C">
+    <w:p w14:paraId="531D5C51" w14:textId="38798CF0" w:rsidR="00AF1F4C" w:rsidRDefault="00AF1F4C" w:rsidP="00AF1F4C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="Check19"/>
+      <w:bookmarkStart w:id="38" w:name="Check19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>involving benign behavioral interventions</w:t>
       </w:r>
       <w:r w:rsidR="003207F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (i.e., brief in duration, harmless, painless, not physically invasive, not likely to have significant adverse lasting impact, investigator has no reason to think the subjects will find the interventions offensive or embarrassing) and no deception about the nature of the research</w:t>
       </w:r>
       <w:r>
@@ -4623,99 +4543,99 @@
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3C307F" w14:textId="281F6AC1" w:rsidR="00AF1F4C" w:rsidRPr="007269FC" w:rsidRDefault="00AF1F4C" w:rsidP="003207F6">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>(b) any disclosure of the human subjects' responses outside the research could reasonably place the participants at risk of criminal or civil liability or be damaging to the participants' financial standing, employability, or reputation</w:t>
       </w:r>
       <w:r w:rsidR="003207F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4222D3F7" w14:textId="4355EED5" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="00AF1F4C">
+    <w:p w14:paraId="4222D3F7" w14:textId="3F815AE9" w:rsidR="00B531F7" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="00AF1F4C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="Check18"/>
+      <w:bookmarkStart w:id="39" w:name="Check18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Research involv</w:t>
       </w:r>
       <w:r w:rsidR="00B57867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>es collecting or studying</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> existing information, documents, records, pathological specimens, or diagnostic specimens</w:t>
       </w:r>
       <w:r w:rsidR="00B57867">
@@ -4757,99 +4677,99 @@
       <w:r w:rsidR="00B57867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>so</w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> that subjects cannot be directly or </w:t>
       </w:r>
       <w:r w:rsidR="00B57867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">indirectly identified </w:t>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">through identifiers linked to the subjects. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="577C72A7" w14:textId="02685223" w:rsidR="00B57867" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
+    <w:p w14:paraId="577C72A7" w14:textId="127C9CC7" w:rsidR="00B57867" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="Check20"/>
+      <w:bookmarkStart w:id="40" w:name="Check20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B531F7" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Taste and food quality evaluation and consumer acceptance studies, </w:t>
       </w:r>
       <w:r w:rsidR="00B57867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>if:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E4F319" w14:textId="5FD68809" w:rsidR="00B57867" w:rsidRDefault="00B531F7" w:rsidP="00B57867">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4951,51 +4871,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> complete the “Expedited and</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Full Review Application</w:t>
       </w:r>
       <w:r w:rsidR="00426D68" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> instead of this one.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A56B514" w14:textId="1A539303" w:rsidR="00D9509A" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
+    <w:p w14:paraId="6A56B514" w14:textId="680513AE" w:rsidR="00D9509A" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe the key demographics (age, SES, ethnicity, geographic locations, gender, </w:t>
       </w:r>
       <w:r w:rsidR="00C3040E" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -5005,486 +4925,486 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>) of the sample that you wish to obtain.</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="Text28"/>
+      <w:bookmarkStart w:id="41" w:name="Text28"/>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="30525208" w14:textId="3F3CBC63" w:rsidR="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
+    <w:p w14:paraId="30525208" w14:textId="41BDE304" w:rsidR="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>What is the greatest number of participants that will be recruited?</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="Text29"/>
+      <w:bookmarkStart w:id="42" w:name="Text29"/>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
-    <w:p w14:paraId="749D2D72" w14:textId="75724857" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
+    <w:p w14:paraId="749D2D72" w14:textId="4C1226C6" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>How will participants be recruited?</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="Text30"/>
+      <w:bookmarkStart w:id="43" w:name="Text30"/>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="458AB69A" w14:textId="0339A89E" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00E047B4">
+    <w:p w14:paraId="458AB69A" w14:textId="199D1935" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Will participants be remunerated for their participation?</w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="43" w:name="Check21"/>
+      <w:bookmarkStart w:id="44" w:name="Check21"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="Check22"/>
+      <w:bookmarkStart w:id="45" w:name="Check22"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C74A192" w14:textId="38FFED9F" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
+    <w:p w14:paraId="5C74A192" w14:textId="19E829D0" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>If so, how will participants be remunerated? Please indicate the type of remuneration and the amount</w:t>
       </w:r>
       <w:r w:rsidR="007269FC" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -5500,824 +5420,824 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>participation,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the participants will receive 3% of their final grade in extra credit in their Introduction course. </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text31"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="Text31"/>
+      <w:bookmarkStart w:id="46" w:name="Text31"/>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="6E5E6002" w14:textId="43AE6FAD" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
+    <w:p w14:paraId="6E5E6002" w14:textId="74B340D7" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>If participants do not complete the study, will partial or full remuneration be given? Please describe how that will be determined.</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="46" w:name="Text32"/>
+      <w:bookmarkStart w:id="47" w:name="Text32"/>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w14:paraId="1E3A5F6B" w14:textId="15CFE34F" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
+    <w:p w14:paraId="1E3A5F6B" w14:textId="3FF02385" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>What direct benefits (other than remuneration) exist for the participants who participate?</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="Text33"/>
+      <w:bookmarkStart w:id="48" w:name="Text33"/>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="6E3A60D6" w14:textId="250572CD" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>What direct risks could the participants potentially face? Check all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A1D386" w14:textId="517BCDD2" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
+    <w:p w14:paraId="50A1D386" w14:textId="416385E1" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="Check23"/>
+      <w:bookmarkStart w:id="49" w:name="Check23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Risk of confidentiality or p</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>rivacy</w:t>
       </w:r>
       <w:r w:rsidR="00B57867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> breaches</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B3C972A" w14:textId="63AD8E18" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
+    <w:p w14:paraId="6B3C972A" w14:textId="72383ECB" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="49" w:name="Check24"/>
+      <w:bookmarkStart w:id="50" w:name="Check24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Risk of coercion by r</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>esearcher(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E801E25" w14:textId="3D5ACB7C" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
+    <w:p w14:paraId="0E801E25" w14:textId="60F8D255" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="Check25"/>
+      <w:bookmarkStart w:id="51" w:name="Check25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Risk of psychological h</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>arm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64113CE4" w14:textId="494CCCAE" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
+    <w:p w14:paraId="64113CE4" w14:textId="49548882" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="Check26"/>
+      <w:bookmarkStart w:id="52" w:name="Check26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Risk of physical h</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>arm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0459F3AA" w14:textId="32FB6CE3" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00C07D87">
+    <w:p w14:paraId="0459F3AA" w14:textId="3707BD47" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00E047B4" w:rsidP="00C07D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="52" w:name="Check27"/>
+      <w:bookmarkStart w:id="53" w:name="Check27"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Other potential r</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>isk</w:t>
       </w:r>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C07D87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text34"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="Text34"/>
+      <w:bookmarkStart w:id="54" w:name="Text34"/>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:p w14:paraId="09E56567" w14:textId="6023DC94" w:rsidR="00B531F7" w:rsidRPr="00D9509A" w:rsidRDefault="00E5637F" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>If you checked any direct risks</w:t>
       </w:r>
       <w:r w:rsidR="00426D68" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> in Item 4</w:t>
@@ -6336,646 +6256,646 @@
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00426D68" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> complete the “Expedited and</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Full Review Application.</w:t>
       </w:r>
       <w:r w:rsidR="00426D68" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406FCD13" w14:textId="69CAB36F" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00E047B4">
+    <w:p w14:paraId="406FCD13" w14:textId="48A1D0D2" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Will the participants be informed of the risks and benefits of the study?  </w:t>
       </w:r>
       <w:r w:rsidR="009905B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="Check28"/>
+      <w:bookmarkStart w:id="55" w:name="Check28"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="55" w:name="Check29"/>
+      <w:bookmarkStart w:id="56" w:name="Check29"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
       <w:r w:rsidR="00E047B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B905A13" w14:textId="518EB0C2" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
+    <w:p w14:paraId="1B905A13" w14:textId="26280ED9" w:rsidR="00BA2AD8" w:rsidRPr="00C07D87" w:rsidRDefault="00F04C05" w:rsidP="00C07D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If so, how will the participants be informed? </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="Text35"/>
+      <w:bookmarkStart w:id="57" w:name="Text35"/>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EA4A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="45D4E114" w14:textId="019C2A58" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00F04C05" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Please check </w:t>
       </w:r>
       <w:r w:rsidR="00910C03" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">each box </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>f the following criteria match</w:t>
       </w:r>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> your research.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12CB8387" w14:textId="1CDA01C1" w:rsidR="00F04C05" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
+    <w:p w14:paraId="12CB8387" w14:textId="3AC8EB1C" w:rsidR="00F04C05" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ColorfulList-Accent11"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="Check30"/>
+      <w:bookmarkStart w:id="58" w:name="Check30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>The research involves no greater than minimal risk</w:t>
       </w:r>
       <w:r w:rsidR="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24817B8E" w14:textId="018A2A19" w:rsidR="00F04C05" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
+    <w:p w14:paraId="24817B8E" w14:textId="4B31F029" w:rsidR="00F04C05" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ColorfulList-Accent11"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check31"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="58" w:name="Check31"/>
+      <w:bookmarkStart w:id="59" w:name="Check31"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>It is not practicable to conduct the research without a waiver of informed consent or alteration to informed consent</w:t>
       </w:r>
       <w:r w:rsidR="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166DC231" w14:textId="6D9BA296" w:rsidR="00F04C05" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
+    <w:p w14:paraId="166DC231" w14:textId="3AD557B8" w:rsidR="00F04C05" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ColorfulList-Accent11"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="Check32"/>
+      <w:bookmarkStart w:id="60" w:name="Check32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Waiving or altering the informed consent will not adversely affect the subjects’ rights and welfare</w:t>
       </w:r>
       <w:r w:rsidR="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBF8FD8" w14:textId="0BAA3821" w:rsidR="00F04C05" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
+    <w:p w14:paraId="0BBF8FD8" w14:textId="1532EF65" w:rsidR="00F04C05" w:rsidRPr="007269FC" w:rsidRDefault="00E047B4" w:rsidP="003D7BFD">
       <w:pPr>
         <w:pStyle w:val="ColorfulList-Accent11"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="Check33"/>
+      <w:bookmarkStart w:id="61" w:name="Check33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00910C03" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>he consent document would be the only record linking the subject and the research</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
@@ -6996,187 +6916,187 @@
         </w:rPr>
         <w:t xml:space="preserve"> principal risk would come from</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> a confidentiality</w:t>
       </w:r>
       <w:r w:rsidR="00B57867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> breach</w:t>
       </w:r>
       <w:r w:rsidR="00E5637F" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EFE143B" w14:textId="37F637FA" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00910C03" w:rsidP="00E047B4">
+    <w:p w14:paraId="4EFE143B" w14:textId="453C700F" w:rsidR="00F04C05" w:rsidRPr="00D9509A" w:rsidRDefault="00910C03" w:rsidP="00E047B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Do you wish to</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> waive the signed informed consent?</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check34"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="61" w:name="Check34"/>
+      <w:bookmarkStart w:id="62" w:name="Check34"/>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="Check35"/>
+      <w:bookmarkStart w:id="63" w:name="Check35"/>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidR="003D7BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F04C05" w:rsidRPr="00D9509A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="045AEF35" w14:textId="77777777" w:rsidR="00910C03" w:rsidRPr="007269FC" w:rsidRDefault="00910C03" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F977A94" w14:textId="1CE7FBDF" w:rsidR="00910C03" w:rsidRDefault="0017297A" w:rsidP="00E047B4">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
@@ -7532,146 +7452,146 @@
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature of </w:t>
       </w:r>
       <w:r w:rsidR="00680ADE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Co-</w:t>
       </w:r>
       <w:r w:rsidR="00680ADE" w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigator </w:t>
       </w:r>
       <w:r w:rsidR="00680ADE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB99CE3" w14:textId="20C9AD7D" w:rsidR="00C24719" w:rsidRDefault="0075103F" w:rsidP="00C24719">
+    <w:p w14:paraId="4BB99CE3" w14:textId="1E68386F" w:rsidR="00C24719" w:rsidRDefault="0075103F" w:rsidP="00C24719">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075103F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="date"/>
               <w:format w:val="yyyy-MM-dd"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="Text36"/>
+      <w:bookmarkStart w:id="64" w:name="Text36"/>
       <w:r w:rsidRPr="0075103F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="0075103F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="0075103F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22B6F">
+      <w:r w:rsidR="008B1DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0075103F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0432FF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="023F13E0" w14:textId="4AF7D0E2" w:rsidR="003D7BFD" w:rsidRDefault="00C24719" w:rsidP="006E46BD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007269FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Date of Submission</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="319002D9" w14:textId="77777777" w:rsidR="00AC269B" w:rsidRDefault="00AC269B" w:rsidP="006E46BD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -7733,61 +7653,61 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A5C8C14" w14:textId="3A6F1510" w:rsidR="00AC269B" w:rsidRPr="007269FC" w:rsidRDefault="00AC269B" w:rsidP="00CD2B06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AC269B" w:rsidRPr="007269FC">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="599A6EDE" w14:textId="77777777" w:rsidR="0014629C" w:rsidRDefault="0014629C" w:rsidP="00910C03">
+    <w:p w14:paraId="23DC33B1" w14:textId="77777777" w:rsidR="001A418D" w:rsidRDefault="001A418D" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42C7F136" w14:textId="77777777" w:rsidR="0014629C" w:rsidRDefault="0014629C" w:rsidP="00910C03">
+    <w:p w14:paraId="14EC3B9E" w14:textId="77777777" w:rsidR="001A418D" w:rsidRDefault="001A418D" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7907,61 +7827,61 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005914CA" w:rsidRPr="00C3040E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00910C03" w:rsidRPr="00C3040E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BDF4A9C" w14:textId="77777777" w:rsidR="0014629C" w:rsidRDefault="0014629C" w:rsidP="00910C03">
+    <w:p w14:paraId="6E3F2725" w14:textId="77777777" w:rsidR="001A418D" w:rsidRDefault="001A418D" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67185EF2" w14:textId="77777777" w:rsidR="0014629C" w:rsidRDefault="0014629C" w:rsidP="00910C03">
+    <w:p w14:paraId="75BD1989" w14:textId="77777777" w:rsidR="001A418D" w:rsidRDefault="001A418D" w:rsidP="00910C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C4AD8BA" w14:textId="54A184C8" w:rsidR="00E41981" w:rsidRPr="00E41981" w:rsidRDefault="00E41981" w:rsidP="007269FC">
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="7200"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -8830,208 +8750,213 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="71125817">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="887374302">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1272710738">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="254441799">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1752119348">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1516992436">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="151"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OCo5bAsP/C9QBZebk5ZKKWBb88J9rk4nDIyUVMvegqvxkjNjFpq05x5pNn1HxjTdfvO8zHcLDYk/v/D7O/kusg==" w:salt="Cnptsmm//ZruRyWBMBmBHg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4uCXbyKrwkC5tnEcT5tew9Rld4kCfwDbqDnksZBPEfN2WPC82+efwwubTtMDLQiUHzQPDHNMqFyl7ErCcDxH/A==" w:salt="iv57hIzW631a4yQTw6O8SQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B531F7"/>
     <w:rsid w:val="00017E51"/>
     <w:rsid w:val="00053A4B"/>
     <w:rsid w:val="0006004B"/>
     <w:rsid w:val="00097590"/>
     <w:rsid w:val="000E48DA"/>
     <w:rsid w:val="000F3E74"/>
     <w:rsid w:val="00126AB9"/>
     <w:rsid w:val="001421F7"/>
     <w:rsid w:val="0014629C"/>
     <w:rsid w:val="00156D2B"/>
     <w:rsid w:val="0017297A"/>
     <w:rsid w:val="001733B4"/>
     <w:rsid w:val="00196F27"/>
     <w:rsid w:val="00197556"/>
+    <w:rsid w:val="001A418D"/>
     <w:rsid w:val="001C547C"/>
     <w:rsid w:val="001C6AE6"/>
     <w:rsid w:val="001D484A"/>
     <w:rsid w:val="001E57E6"/>
     <w:rsid w:val="001F49AD"/>
     <w:rsid w:val="001F7B6D"/>
     <w:rsid w:val="00266E69"/>
     <w:rsid w:val="002769F7"/>
     <w:rsid w:val="0028243A"/>
     <w:rsid w:val="002D283C"/>
     <w:rsid w:val="002E75A8"/>
     <w:rsid w:val="002F0E52"/>
     <w:rsid w:val="002F7A2F"/>
     <w:rsid w:val="003207F6"/>
     <w:rsid w:val="00382834"/>
     <w:rsid w:val="00394227"/>
     <w:rsid w:val="003B4EAE"/>
     <w:rsid w:val="003D7BFD"/>
     <w:rsid w:val="00426D68"/>
     <w:rsid w:val="0043402D"/>
     <w:rsid w:val="00451F3B"/>
     <w:rsid w:val="004534F3"/>
+    <w:rsid w:val="004553A4"/>
     <w:rsid w:val="004612AC"/>
     <w:rsid w:val="00477EEF"/>
     <w:rsid w:val="004B3765"/>
     <w:rsid w:val="004E190E"/>
     <w:rsid w:val="00501413"/>
     <w:rsid w:val="0051487F"/>
     <w:rsid w:val="00516BD5"/>
     <w:rsid w:val="0053147C"/>
     <w:rsid w:val="0057302B"/>
     <w:rsid w:val="00574300"/>
     <w:rsid w:val="00583F84"/>
     <w:rsid w:val="005914CA"/>
     <w:rsid w:val="005B66C6"/>
     <w:rsid w:val="005C3F4E"/>
     <w:rsid w:val="005F1E60"/>
     <w:rsid w:val="00643F5E"/>
     <w:rsid w:val="00656DB1"/>
     <w:rsid w:val="0066465E"/>
     <w:rsid w:val="00671155"/>
     <w:rsid w:val="00680ADE"/>
     <w:rsid w:val="0068348A"/>
     <w:rsid w:val="006B1123"/>
     <w:rsid w:val="006C6AC8"/>
     <w:rsid w:val="006E46BD"/>
     <w:rsid w:val="00700DE2"/>
     <w:rsid w:val="00712867"/>
     <w:rsid w:val="00724AEC"/>
     <w:rsid w:val="007269FC"/>
     <w:rsid w:val="0075103F"/>
     <w:rsid w:val="00773F6C"/>
     <w:rsid w:val="007965F9"/>
     <w:rsid w:val="007B5714"/>
     <w:rsid w:val="007E7683"/>
     <w:rsid w:val="0080431C"/>
     <w:rsid w:val="00811573"/>
     <w:rsid w:val="00816F02"/>
     <w:rsid w:val="0083120E"/>
     <w:rsid w:val="00837A56"/>
     <w:rsid w:val="00845991"/>
     <w:rsid w:val="00847AB7"/>
     <w:rsid w:val="008770C9"/>
+    <w:rsid w:val="008B1DF2"/>
     <w:rsid w:val="008C492A"/>
     <w:rsid w:val="008E0F85"/>
     <w:rsid w:val="00910C03"/>
     <w:rsid w:val="009321F4"/>
     <w:rsid w:val="009450D1"/>
     <w:rsid w:val="009905B1"/>
     <w:rsid w:val="009B7243"/>
     <w:rsid w:val="009D3DF7"/>
     <w:rsid w:val="009D6D92"/>
     <w:rsid w:val="00A22B6F"/>
     <w:rsid w:val="00A31649"/>
     <w:rsid w:val="00A75D46"/>
     <w:rsid w:val="00A82A74"/>
     <w:rsid w:val="00AA7C17"/>
     <w:rsid w:val="00AB1554"/>
     <w:rsid w:val="00AB3F1B"/>
+    <w:rsid w:val="00AC2038"/>
     <w:rsid w:val="00AC269B"/>
     <w:rsid w:val="00AD1D14"/>
     <w:rsid w:val="00AE09FF"/>
     <w:rsid w:val="00AE0C17"/>
     <w:rsid w:val="00AE110C"/>
     <w:rsid w:val="00AE16D6"/>
     <w:rsid w:val="00AE6F77"/>
     <w:rsid w:val="00AF1F4C"/>
     <w:rsid w:val="00AF7E64"/>
     <w:rsid w:val="00B531F7"/>
     <w:rsid w:val="00B5628B"/>
     <w:rsid w:val="00B57867"/>
     <w:rsid w:val="00B6018C"/>
     <w:rsid w:val="00B654B3"/>
     <w:rsid w:val="00B92111"/>
     <w:rsid w:val="00BA2AD8"/>
     <w:rsid w:val="00BA50E2"/>
     <w:rsid w:val="00BA7D67"/>
     <w:rsid w:val="00BB2599"/>
     <w:rsid w:val="00BC335B"/>
     <w:rsid w:val="00C07D87"/>
     <w:rsid w:val="00C24719"/>
     <w:rsid w:val="00C27B72"/>
     <w:rsid w:val="00C3040E"/>
     <w:rsid w:val="00CD2B06"/>
     <w:rsid w:val="00CE163C"/>
     <w:rsid w:val="00CE55FE"/>
     <w:rsid w:val="00CF0BAA"/>
     <w:rsid w:val="00D23441"/>
     <w:rsid w:val="00D255C9"/>
     <w:rsid w:val="00D9509A"/>
     <w:rsid w:val="00D97371"/>
     <w:rsid w:val="00DC70B0"/>
     <w:rsid w:val="00E047B4"/>
     <w:rsid w:val="00E11D62"/>
     <w:rsid w:val="00E41981"/>
     <w:rsid w:val="00E52776"/>
     <w:rsid w:val="00E541A3"/>
     <w:rsid w:val="00E5637F"/>
     <w:rsid w:val="00E824A7"/>
     <w:rsid w:val="00E92C4B"/>
     <w:rsid w:val="00EA4A1B"/>
+    <w:rsid w:val="00EF38E9"/>
     <w:rsid w:val="00F03A32"/>
     <w:rsid w:val="00F04C05"/>
     <w:rsid w:val="00F730E9"/>
     <w:rsid w:val="00F808F0"/>
     <w:rsid w:val="00F960B7"/>
     <w:rsid w:val="00F96693"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -9950,77 +9875,77 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9489FFD8-0C8C-46C2-A16E-B58BE62FD834}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>10116</Characters>
+  <Pages>7</Pages>
+  <Words>1777</Words>
+  <Characters>10218</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>224</Lines>
-  <Paragraphs>138</Paragraphs>
+  <Lines>291</Lines>
+  <Paragraphs>226</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form 1: Exempt Review Application and Instructions</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>University of Rio Grande</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11807</CharactersWithSpaces>
+  <CharactersWithSpaces>11769</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>8060938</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://phrp.nihtraining.com/users/login.php</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946908</vt:i4>
       </vt:variant>